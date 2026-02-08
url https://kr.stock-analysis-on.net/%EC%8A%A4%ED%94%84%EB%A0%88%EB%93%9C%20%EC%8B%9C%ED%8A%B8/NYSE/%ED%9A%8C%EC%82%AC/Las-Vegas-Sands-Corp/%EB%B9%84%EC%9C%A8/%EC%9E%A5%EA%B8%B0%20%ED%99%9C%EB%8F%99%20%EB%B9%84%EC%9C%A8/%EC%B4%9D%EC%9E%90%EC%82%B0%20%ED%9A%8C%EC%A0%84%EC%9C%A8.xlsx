--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -706,51 +706,51 @@
       </c>
       <c r="C13" s="12">
         <v>0.46</v>
       </c>
       <c r="D13" s="12">
         <v>0.31</v>
       </c>
       <c r="E13" s="12">
         <v>0.0</v>
       </c>
       <c r="F13" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="12">
         <v>1.25</v>
       </c>
       <c r="C14" s="12">
         <v>1.13</v>
       </c>
       <c r="D14" s="12">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="E14" s="12">
         <v>0.0</v>
       </c>
       <c r="F14" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="12">
         <v>0.67</v>
       </c>
       <c r="C15" s="12">
         <v>0.72</v>
       </c>
       <c r="D15" s="12">
         <v>0.45</v>
       </c>
       <c r="E15" s="12">
         <v>0.0</v>
       </c>
       <c r="F15" s="12">