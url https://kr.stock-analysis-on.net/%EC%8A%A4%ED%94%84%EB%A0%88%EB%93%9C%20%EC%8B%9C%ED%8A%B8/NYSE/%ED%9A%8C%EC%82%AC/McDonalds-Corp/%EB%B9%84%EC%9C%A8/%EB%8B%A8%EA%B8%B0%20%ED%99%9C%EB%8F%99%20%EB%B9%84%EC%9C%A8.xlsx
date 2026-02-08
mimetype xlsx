--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1153,51 +1153,51 @@
         <v>17</v>
       </c>
     </row>
     <row r="13" spans="1:6" customHeight="1" ht="28.8">
       <c r="A13" s="15" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="16" t="s">
         <v>19</v>
       </c>
       <c r="B14" s="8">
         <v>-2.0</v>
       </c>
       <c r="C14" s="8">
         <v>-4.0</v>
       </c>
       <c r="D14" s="8">
         <v>-3.0</v>
       </c>
       <c r="E14" s="8">
         <v>-3.0</v>
       </c>
       <c r="F14" s="8">
-        <v>-1.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="16" t="s">
         <v>20</v>
       </c>
       <c r="B15" s="8">
         <v>15.0</v>
       </c>
       <c r="C15" s="8">
         <v>15.0</v>
       </c>
       <c r="D15" s="8">
         <v>24.0</v>
       </c>
       <c r="E15" s="8">
         <v>19.0</v>
       </c>
       <c r="F15" s="8">
         <v>25.0</v>
       </c>
     </row>
     <row r="16" spans="1:6" customHeight="1" ht="28.8">
       <c r="A16" s="15" t="s">
         <v>63</v>
@@ -1384,51 +1384,51 @@
         <v>17</v>
       </c>
     </row>
     <row r="11" spans="1:6" customHeight="1" ht="28.8">
       <c r="A11" s="15" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="16" t="s">
         <v>19</v>
       </c>
       <c r="B12" s="7">
         <v>169.50999999999999</v>
       </c>
       <c r="C12" s="7">
         <v>185.34</v>
       </c>
       <c r="D12" s="7">
         <v>184.27000000000001</v>
       </c>
       <c r="E12" s="7">
         <v>177.91</v>
       </c>
       <c r="F12" s="7">
-        <v>186.94</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="16" t="s">
         <v>20</v>
       </c>
       <c r="B13" s="7">
         <v>14.89</v>
       </c>
       <c r="C13" s="7">
         <v>14.46</v>
       </c>
       <c r="D13" s="7">
         <v>10.97</v>
       </c>
       <c r="E13" s="7">
         <v>12.89</v>
       </c>
       <c r="F13" s="7">
         <v>11.9</v>
       </c>
     </row>
     <row r="14" spans="1:6" customHeight="1" ht="28.8">
       <c r="A14" s="15" t="s">
         <v>21</v>
@@ -1655,51 +1655,51 @@
       </c>
       <c r="E13" s="7">
         <v>8.07</v>
       </c>
       <c r="F13" s="7">
         <v>12.85</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="16" t="s">
         <v>19</v>
       </c>
       <c r="B14" s="7">
         <v>78.59</v>
       </c>
       <c r="C14" s="7">
         <v>85.44</v>
       </c>
       <c r="D14" s="7">
         <v>80.79000000000001</v>
       </c>
       <c r="E14" s="7">
         <v>75.77</v>
       </c>
       <c r="F14" s="7">
-        <v>57.27</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="16" t="s">
         <v>30</v>
       </c>
       <c r="B15" s="7">
         <v>14.65</v>
       </c>
       <c r="C15" s="7">
         <v>16.2</v>
       </c>
       <c r="D15" s="7">
         <v>16.46</v>
       </c>
       <c r="E15" s="7">
         <v>14.0099999999999998</v>
       </c>
       <c r="F15" s="7">
         <v>9.92</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="16" t="s">
         <v>20</v>
@@ -1946,51 +1946,51 @@
       </c>
       <c r="E13" s="7">
         <v>6.91</v>
       </c>
       <c r="F13" s="7">
         <v>9.25</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="16" t="s">
         <v>19</v>
       </c>
       <c r="B14" s="7">
         <v>39.38</v>
       </c>
       <c r="C14" s="7">
         <v>36.86</v>
       </c>
       <c r="D14" s="7">
         <v>35.61</v>
       </c>
       <c r="E14" s="7">
         <v>35.79</v>
       </c>
       <c r="F14" s="7">
-        <v>40.52</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="16" t="s">
         <v>30</v>
       </c>
       <c r="B15" s="7">
         <v>17.26</v>
       </c>
       <c r="C15" s="7">
         <v>21.25</v>
       </c>
       <c r="D15" s="7">
         <v>22.85</v>
       </c>
       <c r="E15" s="7">
         <v>14.52</v>
       </c>
       <c r="F15" s="7">
         <v>17.1</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="16" t="s">
         <v>20</v>
@@ -2277,51 +2277,51 @@
       </c>
       <c r="E16" s="7">
         <v>1.59</v>
       </c>
       <c r="F16" s="7">
         <v>0.77</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="16" t="s">
         <v>19</v>
       </c>
       <c r="B17" s="7">
         <v>18.49</v>
       </c>
       <c r="C17" s="7">
         <v>16.73</v>
       </c>
       <c r="D17" s="7">
         <v>34.0</v>
       </c>
       <c r="E17" s="7">
         <v>14.86</v>
       </c>
       <c r="F17" s="7">
-        <v>10.0099999999999998</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="16" t="s">
         <v>30</v>
       </c>
       <c r="B18" s="7">
         <v>3.64</v>
       </c>
       <c r="C18" s="7">
         <v>3.95</v>
       </c>
       <c r="D18" s="7">
         <v>3.03</v>
       </c>
       <c r="E18" s="7">
         <v>1.74</v>
       </c>
       <c r="F18" s="7">
         <v>0.7</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="16" t="s">
         <v>20</v>
@@ -2508,51 +2508,51 @@
         <v>45</v>
       </c>
     </row>
     <row r="10" spans="1:6" customHeight="1" ht="28.8">
       <c r="A10" s="15" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="16" t="s">
         <v>19</v>
       </c>
       <c r="B11" s="8">
         <v>2.0</v>
       </c>
       <c r="C11" s="8">
         <v>2.0</v>
       </c>
       <c r="D11" s="8">
         <v>2.0</v>
       </c>
       <c r="E11" s="8">
         <v>2.0</v>
       </c>
       <c r="F11" s="8">
-        <v>2.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="16" t="s">
         <v>20</v>
       </c>
       <c r="B12" s="8">
         <v>25.0</v>
       </c>
       <c r="C12" s="8">
         <v>25.0</v>
       </c>
       <c r="D12" s="8">
         <v>33.0</v>
       </c>
       <c r="E12" s="8">
         <v>28.0</v>
       </c>
       <c r="F12" s="8">
         <v>31.0</v>
       </c>
     </row>
     <row r="13" spans="1:6" customHeight="1" ht="28.8">
       <c r="A13" s="15" t="s">
         <v>47</v>
@@ -2759,51 +2759,51 @@
       </c>
       <c r="E12" s="8">
         <v>45.0</v>
       </c>
       <c r="F12" s="8">
         <v>28.0</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="16" t="s">
         <v>19</v>
       </c>
       <c r="B13" s="8">
         <v>5.0</v>
       </c>
       <c r="C13" s="8">
         <v>4.0</v>
       </c>
       <c r="D13" s="8">
         <v>5.0</v>
       </c>
       <c r="E13" s="8">
         <v>5.0</v>
       </c>
       <c r="F13" s="8">
-        <v>6.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="16" t="s">
         <v>30</v>
       </c>
       <c r="B14" s="8">
         <v>25.0</v>
       </c>
       <c r="C14" s="8">
         <v>23.0</v>
       </c>
       <c r="D14" s="8">
         <v>22.0</v>
       </c>
       <c r="E14" s="8">
         <v>26.0</v>
       </c>
       <c r="F14" s="8">
         <v>37.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="16" t="s">
         <v>20</v>
@@ -3015,51 +3015,51 @@
         <v>17</v>
       </c>
     </row>
     <row r="12" spans="1:6" customHeight="1" ht="28.8">
       <c r="A12" s="15" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="16" t="s">
         <v>19</v>
       </c>
       <c r="B13" s="8">
         <v>7.0</v>
       </c>
       <c r="C13" s="8">
         <v>6.0</v>
       </c>
       <c r="D13" s="8">
         <v>7.0</v>
       </c>
       <c r="E13" s="8">
         <v>7.0</v>
       </c>
       <c r="F13" s="8">
-        <v>8.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="16" t="s">
         <v>20</v>
       </c>
       <c r="B14" s="8">
         <v>37.0</v>
       </c>
       <c r="C14" s="8">
         <v>37.0</v>
       </c>
       <c r="D14" s="8">
         <v>46.0</v>
       </c>
       <c r="E14" s="8">
         <v>40.0</v>
       </c>
       <c r="F14" s="8">
         <v>45.0</v>
       </c>
     </row>
     <row r="15" spans="1:6" customHeight="1" ht="28.8">
       <c r="A15" s="15" t="s">
         <v>56</v>
@@ -3266,51 +3266,51 @@
       </c>
       <c r="E12" s="8">
         <v>53.0</v>
       </c>
       <c r="F12" s="8">
         <v>39.0</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="16" t="s">
         <v>19</v>
       </c>
       <c r="B13" s="8">
         <v>9.0</v>
       </c>
       <c r="C13" s="8">
         <v>10.0</v>
       </c>
       <c r="D13" s="8">
         <v>10.0</v>
       </c>
       <c r="E13" s="8">
         <v>10.0</v>
       </c>
       <c r="F13" s="8">
-        <v>9.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="16" t="s">
         <v>30</v>
       </c>
       <c r="B14" s="8">
         <v>21.0</v>
       </c>
       <c r="C14" s="8">
         <v>17.0</v>
       </c>
       <c r="D14" s="8">
         <v>16.0</v>
       </c>
       <c r="E14" s="8">
         <v>25.0</v>
       </c>
       <c r="F14" s="8">
         <v>21.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="16" t="s">
         <v>20</v>