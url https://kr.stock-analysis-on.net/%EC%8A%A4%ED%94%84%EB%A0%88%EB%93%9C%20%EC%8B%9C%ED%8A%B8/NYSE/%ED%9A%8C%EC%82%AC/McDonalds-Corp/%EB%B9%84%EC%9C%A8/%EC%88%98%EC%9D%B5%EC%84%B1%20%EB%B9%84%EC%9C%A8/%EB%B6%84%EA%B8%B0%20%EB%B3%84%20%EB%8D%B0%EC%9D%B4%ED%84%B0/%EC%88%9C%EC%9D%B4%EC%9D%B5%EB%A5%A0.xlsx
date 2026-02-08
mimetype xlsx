--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1000,60 +1000,60 @@
       <c r="I15" s="13">
         <v>0.1245</v>
       </c>
       <c r="J15" s="13">
         <v>0.1227</v>
       </c>
       <c r="K15" s="13">
         <v>0.12</v>
       </c>
       <c r="L15" s="13">
         <v>0.1149</v>
       </c>
       <c r="M15" s="13">
         <v>0.1041</v>
       </c>
       <c r="N15" s="13">
         <v>0.0961</v>
       </c>
       <c r="O15" s="13">
         <v>0.0928</v>
       </c>
       <c r="P15" s="13">
         <v>0.0874</v>
       </c>
       <c r="Q15" s="13">
-        <v>0.0865</v>
+        <v>0.0</v>
       </c>
       <c r="R15" s="13">
-        <v>0.0988</v>
+        <v>0.0</v>
       </c>
       <c r="S15" s="13">
-        <v>0.0857</v>
+        <v>0.0</v>
       </c>
       <c r="T15" s="13">
-        <v>0.0644</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:20">
       <c r="A16" s="12" t="s">
         <v>12</v>
       </c>
       <c r="B16" s="13">
         <v>0.0683</v>
       </c>
       <c r="C16" s="13">
         <v>0.0657</v>
       </c>
       <c r="D16" s="13">
         <v>0.0302</v>
       </c>
       <c r="E16" s="13">
         <v>0.0115</v>
       </c>
       <c r="F16" s="13">
         <v>-0.0169</v>
       </c>
       <c r="G16" s="13">
         <v>-0.0424</v>
       </c>
       <c r="H16" s="13">