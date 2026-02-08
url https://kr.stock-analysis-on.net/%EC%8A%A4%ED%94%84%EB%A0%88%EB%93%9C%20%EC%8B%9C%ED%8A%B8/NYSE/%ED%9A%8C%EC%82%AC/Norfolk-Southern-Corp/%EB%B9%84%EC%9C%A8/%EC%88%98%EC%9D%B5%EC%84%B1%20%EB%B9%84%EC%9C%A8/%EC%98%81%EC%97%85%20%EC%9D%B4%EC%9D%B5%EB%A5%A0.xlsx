--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -700,51 +700,51 @@
       </c>
       <c r="B13" s="12">
         <v>-0.2197</v>
       </c>
       <c r="C13" s="12">
         <v>-0.4366</v>
       </c>
       <c r="D13" s="12">
         <v>0.0</v>
       </c>
       <c r="E13" s="12">
         <v>0.0</v>
       </c>
       <c r="F13" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="12">
         <v>0.4283</v>
       </c>
       <c r="C14" s="12">
-        <v>0.4011</v>
+        <v>0.0</v>
       </c>
       <c r="D14" s="12">
         <v>0.0</v>
       </c>
       <c r="E14" s="12">
         <v>0.0</v>
       </c>
       <c r="F14" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="12">
         <v>-0.0415</v>
       </c>
       <c r="C15" s="12">
         <v>-0.4141</v>
       </c>
       <c r="D15" s="12">
         <v>0.0</v>
       </c>
       <c r="E15" s="12">