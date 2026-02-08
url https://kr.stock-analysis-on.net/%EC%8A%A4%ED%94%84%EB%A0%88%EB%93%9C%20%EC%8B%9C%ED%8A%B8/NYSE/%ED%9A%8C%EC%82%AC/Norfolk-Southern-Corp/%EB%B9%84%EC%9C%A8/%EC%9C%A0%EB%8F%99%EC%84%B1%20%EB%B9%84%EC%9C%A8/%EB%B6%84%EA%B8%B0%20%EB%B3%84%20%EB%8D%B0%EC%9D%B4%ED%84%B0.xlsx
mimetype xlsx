--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1255,60 +1255,60 @@
       </c>
       <c r="N14" s="7">
         <v>0.0</v>
       </c>
       <c r="O14" s="7">
         <v>0.0</v>
       </c>
       <c r="P14" s="7">
         <v>0.0</v>
       </c>
       <c r="Q14" s="7">
         <v>0.0</v>
       </c>
       <c r="R14" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:18">
       <c r="A15" s="15" t="s">
         <v>14</v>
       </c>
       <c r="B15" s="7">
         <v>0.71</v>
       </c>
       <c r="C15" s="7">
-        <v>0.62</v>
+        <v>0.0</v>
       </c>
       <c r="D15" s="7">
-        <v>0.75</v>
+        <v>0.0</v>
       </c>
       <c r="E15" s="7">
-        <v>0.86</v>
+        <v>0.0</v>
       </c>
       <c r="F15" s="7">
-        <v>0.76</v>
+        <v>0.0</v>
       </c>
       <c r="G15" s="7">
         <v>0.0</v>
       </c>
       <c r="H15" s="7">
         <v>0.0</v>
       </c>
       <c r="I15" s="7">
         <v>0.0</v>
       </c>
       <c r="J15" s="7">
         <v>0.0</v>
       </c>
       <c r="K15" s="7">
         <v>0.0</v>
       </c>
       <c r="L15" s="7">
         <v>0.0</v>
       </c>
       <c r="M15" s="7">
         <v>0.0</v>
       </c>
       <c r="N15" s="7">
         <v>0.0</v>
       </c>
@@ -1949,60 +1949,60 @@
       </c>
       <c r="N17" s="7">
         <v>0.0</v>
       </c>
       <c r="O17" s="7">
         <v>0.0</v>
       </c>
       <c r="P17" s="7">
         <v>0.0</v>
       </c>
       <c r="Q17" s="7">
         <v>0.0</v>
       </c>
       <c r="R17" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:18">
       <c r="A18" s="15" t="s">
         <v>14</v>
       </c>
       <c r="B18" s="7">
         <v>0.52</v>
       </c>
       <c r="C18" s="7">
-        <v>0.47</v>
+        <v>0.0</v>
       </c>
       <c r="D18" s="7">
-        <v>0.56</v>
+        <v>0.0</v>
       </c>
       <c r="E18" s="7">
-        <v>0.64</v>
+        <v>0.0</v>
       </c>
       <c r="F18" s="7">
-        <v>0.57</v>
+        <v>0.0</v>
       </c>
       <c r="G18" s="7">
         <v>0.0</v>
       </c>
       <c r="H18" s="7">
         <v>0.0</v>
       </c>
       <c r="I18" s="7">
         <v>0.0</v>
       </c>
       <c r="J18" s="7">
         <v>0.0</v>
       </c>
       <c r="K18" s="7">
         <v>0.0</v>
       </c>
       <c r="L18" s="7">
         <v>0.0</v>
       </c>
       <c r="M18" s="7">
         <v>0.0</v>
       </c>
       <c r="N18" s="7">
         <v>0.0</v>
       </c>
@@ -2587,60 +2587,60 @@
       </c>
       <c r="N16" s="7">
         <v>0.0</v>
       </c>
       <c r="O16" s="7">
         <v>0.0</v>
       </c>
       <c r="P16" s="7">
         <v>0.0</v>
       </c>
       <c r="Q16" s="7">
         <v>0.0</v>
       </c>
       <c r="R16" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:18">
       <c r="A17" s="15" t="s">
         <v>14</v>
       </c>
       <c r="B17" s="7">
         <v>0.17</v>
       </c>
       <c r="C17" s="7">
-        <v>0.17</v>
+        <v>0.0</v>
       </c>
       <c r="D17" s="7">
-        <v>0.23</v>
+        <v>0.0</v>
       </c>
       <c r="E17" s="7">
-        <v>0.26</v>
+        <v>0.0</v>
       </c>
       <c r="F17" s="7">
-        <v>0.24</v>
+        <v>0.0</v>
       </c>
       <c r="G17" s="7">
         <v>0.0</v>
       </c>
       <c r="H17" s="7">
         <v>0.0</v>
       </c>
       <c r="I17" s="7">
         <v>0.0</v>
       </c>
       <c r="J17" s="7">
         <v>0.0</v>
       </c>
       <c r="K17" s="7">
         <v>0.0</v>
       </c>
       <c r="L17" s="7">
         <v>0.0</v>
       </c>
       <c r="M17" s="7">
         <v>0.0</v>
       </c>
       <c r="N17" s="7">
         <v>0.0</v>
       </c>