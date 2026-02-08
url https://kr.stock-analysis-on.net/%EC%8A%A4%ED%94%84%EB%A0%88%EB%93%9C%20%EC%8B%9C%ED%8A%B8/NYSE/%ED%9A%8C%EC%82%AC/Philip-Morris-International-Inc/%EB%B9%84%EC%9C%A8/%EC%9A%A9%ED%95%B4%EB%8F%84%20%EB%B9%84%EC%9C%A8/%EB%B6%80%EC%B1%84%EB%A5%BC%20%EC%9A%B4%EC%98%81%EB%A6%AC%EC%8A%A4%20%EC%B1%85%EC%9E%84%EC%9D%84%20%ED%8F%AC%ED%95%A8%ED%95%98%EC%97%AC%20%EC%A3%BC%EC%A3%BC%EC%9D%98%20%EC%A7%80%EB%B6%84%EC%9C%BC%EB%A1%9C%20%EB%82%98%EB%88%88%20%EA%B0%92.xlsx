--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -41,51 +41,51 @@
   <si>
     <t>Philip Morris International Inc.</t>
   </si>
   <si>
     <t>주주 자본 대비 부채 비율(영업리스 부채 포함)</t>
   </si>
   <si>
     <t>선택한 재무 데이터 (US$ 단위: 백만 달러)</t>
   </si>
   <si>
     <t>단기 차입</t>
   </si>
   <si>
     <t>장기 부채의 현재 부분</t>
   </si>
   <si>
     <t>장기부채, 유동부분 제외</t>
   </si>
   <si>
     <t>총 부채</t>
   </si>
   <si>
     <t>현재 운용리스 부채(미지급부채, 기타에 포함)</t>
   </si>
   <si>
-    <t>비유동 운용리스 부채(소득세 및 기타 부채에 포함)</t>
+    <t>비유동 운용리스 부채 (기타부채에 포함)</t>
   </si>
   <si>
     <t>총 부채(운용리스 부채 포함)</t>
   </si>
   <si>
     <t>총 PMI 주주 적자</t>
   </si>
   <si>
     <t>지급 능력 비율</t>
   </si>
   <si>
     <t>벤치 마크</t>
   </si>
   <si>
     <t>주주 자본 대비 부채 비율(영업리스 부채 포함)경쟁자</t>
   </si>
   <si>
     <t>Coca-Cola Co.</t>
   </si>
   <si>
     <t>Mondelēz International Inc.</t>
   </si>
   <si>
     <t>PepsiCo Inc.</t>
   </si>
@@ -593,63 +593,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>4</v>
       </c>
       <c r="B8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="8" t="e">
         <v>#N/A</v>