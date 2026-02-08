--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -41,51 +41,51 @@
   <si>
     <t>Philip Morris International Inc.</t>
   </si>
   <si>
     <t>총자본비율(영업리스부채 포함)</t>
   </si>
   <si>
     <t>선택한 재무 데이터 (US$ 단위: 백만 달러)</t>
   </si>
   <si>
     <t>단기 차입</t>
   </si>
   <si>
     <t>장기 부채의 현재 부분</t>
   </si>
   <si>
     <t>장기부채, 유동부분 제외</t>
   </si>
   <si>
     <t>총 부채</t>
   </si>
   <si>
     <t>현재 운용리스 부채(미지급부채, 기타에 포함)</t>
   </si>
   <si>
-    <t>비유동 운용리스 부채(소득세 및 기타 부채에 포함)</t>
+    <t>비유동 운용리스 부채 (기타부채에 포함)</t>
   </si>
   <si>
     <t>총 부채(운용리스 부채 포함)</t>
   </si>
   <si>
     <t>총 PMI 주주 적자</t>
   </si>
   <si>
     <t>총 자본금(운용리스 부채 포함)</t>
   </si>
   <si>
     <t>지급 능력 비율</t>
   </si>
   <si>
     <t>벤치 마크</t>
   </si>
   <si>
     <t>총자본비율(영업리스부채 포함)경쟁자</t>
   </si>
   <si>
     <t>Coca-Cola Co.</t>
   </si>
   <si>
     <t>Mondelēz International Inc.</t>
   </si>
@@ -599,63 +599,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>4</v>
       </c>
       <c r="B8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="8" t="e">
         <v>#N/A</v>