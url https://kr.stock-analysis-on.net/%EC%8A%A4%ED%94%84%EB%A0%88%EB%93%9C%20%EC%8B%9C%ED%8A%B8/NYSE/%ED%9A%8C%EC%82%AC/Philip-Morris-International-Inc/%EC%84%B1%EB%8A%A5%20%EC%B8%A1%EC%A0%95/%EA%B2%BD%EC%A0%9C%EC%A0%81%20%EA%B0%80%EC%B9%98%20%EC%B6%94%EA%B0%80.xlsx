--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -22,97 +22,94 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="경제적 이익" sheetId="1" r:id="rId4"/>
     <sheet name="NOPAT" sheetId="2" r:id="rId5"/>
     <sheet name="현금 영업세" sheetId="3" r:id="rId6"/>
     <sheet name="투자 자본" sheetId="4" r:id="rId7"/>
     <sheet name="경제적 스프레드 비율" sheetId="5" r:id="rId8"/>
     <sheet name="경제적 이익 마진 비율" sheetId="6" r:id="rId9"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="62">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
     <t>유료 사용자 영역. 데이터를 사용할 수 없습니다!</t>
   </si>
   <si>
     <t>Philip Morris International Inc.</t>
   </si>
   <si>
     <t>경제적 이익계산</t>
   </si>
   <si>
     <t>US$ 단위: 백만 달러</t>
   </si>
   <si>
     <t>12개월 종료</t>
   </si>
   <si>
     <t>세후 순영업이익 (NOPAT)</t>
   </si>
   <si>
     <t>자본 비용</t>
   </si>
   <si>
     <t>투자 자본</t>
   </si>
   <si>
     <t>경제적 이익</t>
   </si>
   <si>
     <t>근원: https://kr.stock-analysis-on.net</t>
   </si>
   <si>
     <t>NOPAT계산</t>
   </si>
   <si>
     <t>PMI에 기인한 순이익</t>
   </si>
   <si>
     <t>이연소득세비용(급여)</t>
   </si>
   <si>
     <t>수당의 증가(감소)</t>
   </si>
   <si>
-    <t>누적된 제품 보증의 증가(감소)</t>
-[...1 lines deleted...]
-  <si>
     <t>구조조정 관련 부채의 증가(감소)</t>
   </si>
   <si>
     <t>자기자본 등가물의 증가(감소)</t>
   </si>
   <si>
     <t>이자 비용</t>
   </si>
   <si>
     <t>이자비용, 운용리스부채</t>
   </si>
   <si>
     <t>조정된 이자 비용</t>
   </si>
   <si>
     <t>이자 비용의 세제 혜택</t>
   </si>
   <si>
     <t>조정된 이자 비용, 세후</t>
   </si>
   <si>
     <t>이자소득</t>
   </si>
   <si>
     <t>투자 소득, 세전</t>
@@ -148,53 +145,50 @@
     <t>투자 자본계산 (자금 조달 접근 방식)</t>
   </si>
   <si>
     <t>단기 차입</t>
   </si>
   <si>
     <t>장기 부채의 현재 부분</t>
   </si>
   <si>
     <t>장기부채, 유동부분 제외</t>
   </si>
   <si>
     <t>운용리스 책임</t>
   </si>
   <si>
     <t>보고된 총 부채 및 임대</t>
   </si>
   <si>
     <t>총 PMI 주주 적자</t>
   </si>
   <si>
     <t>순이연법인세(자산) 부채</t>
   </si>
   <si>
     <t>수당</t>
-  </si>
-[...1 lines deleted...]
-    <t>누적된 제품 보증</t>
   </si>
   <si>
     <t>관련 부채 구조조정</t>
   </si>
   <si>
     <t>지분 등가물</t>
   </si>
   <si>
     <t>누적된 기타포괄(손익)손실, 세액 공제</t>
   </si>
   <si>
     <t>비지배 지분</t>
   </si>
   <si>
     <t>조정된 총 PMI 주주 적자</t>
   </si>
   <si>
     <t>공사 진행 중</t>
   </si>
   <si>
     <t>경제적 스프레드 비율계산, 벤치마크와 비교</t>
   </si>
   <si>
     <t>선택한 재무 데이터 (US$ 단위: 백만 달러)</t>
   </si>
@@ -756,63 +750,63 @@
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="6" t="s">
         <v>6</v>
@@ -873,99 +867,99 @@
         <v>#N/A</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B13" s="11"/>
       <c r="C13" s="11"/>
       <c r="D13" s="11"/>
       <c r="E13" s="11"/>
       <c r="F13" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F25"/>
+  <dimension ref="A1:F24"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="F25" sqref="F25"/>
+      <selection activeCell="F24" sqref="F24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="12" t="s">
         <v>12</v>
@@ -1005,1062 +999,1022 @@
       <c r="F10" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="12" t="s">
         <v>14</v>
       </c>
       <c r="B11" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C11" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D11" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E11" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F11" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="12" spans="1:6">
-      <c r="A12" s="12" t="s">
+      <c r="A12" s="13" t="s">
         <v>15</v>
       </c>
-      <c r="B12" s="7" t="e">
-[...11 lines deleted...]
-      <c r="F12" s="7" t="e">
+      <c r="B12" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C12" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D12" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E12" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F12" s="10" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="13" spans="1:6">
-      <c r="A13" s="13" t="s">
+      <c r="A13" s="12" t="s">
         <v>16</v>
       </c>
-      <c r="B13" s="10" t="e">
-[...11 lines deleted...]
-      <c r="F13" s="10" t="e">
+      <c r="B13" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C13" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D13" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E13" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F13" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="12" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C14" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D14" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E14" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F14" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="15" spans="1:6">
-      <c r="A15" s="12" t="s">
+      <c r="A15" s="14" t="s">
         <v>18</v>
       </c>
-      <c r="B15" s="7" t="e">
-[...11 lines deleted...]
-      <c r="F15" s="7" t="e">
+      <c r="B15" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C15" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D15" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E15" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F15" s="10" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="16" spans="1:6">
-      <c r="A16" s="14" t="s">
+      <c r="A16" s="12" t="s">
         <v>19</v>
       </c>
-      <c r="B16" s="10" t="e">
-[...11 lines deleted...]
-      <c r="F16" s="10" t="e">
+      <c r="B16" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C16" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D16" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E16" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F16" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="17" spans="1:6">
-      <c r="A17" s="12" t="s">
+      <c r="A17" s="13" t="s">
         <v>20</v>
       </c>
-      <c r="B17" s="7" t="e">
-[...11 lines deleted...]
-      <c r="F17" s="7" t="e">
+      <c r="B17" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C17" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D17" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E17" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F17" s="10" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="18" spans="1:6">
-      <c r="A18" s="13" t="s">
+      <c r="A18" s="12" t="s">
         <v>21</v>
       </c>
-      <c r="B18" s="10" t="e">
-[...11 lines deleted...]
-      <c r="F18" s="10" t="e">
+      <c r="B18" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C18" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D18" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E18" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F18" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="19" spans="1:6">
-      <c r="A19" s="12" t="s">
+      <c r="A19" s="14" t="s">
         <v>22</v>
       </c>
-      <c r="B19" s="7" t="e">
-[...11 lines deleted...]
-      <c r="F19" s="7" t="e">
+      <c r="B19" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C19" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D19" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E19" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F19" s="10" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="20" spans="1:6">
-      <c r="A20" s="14" t="s">
+      <c r="A20" s="12" t="s">
         <v>23</v>
       </c>
-      <c r="B20" s="10" t="e">
-[...11 lines deleted...]
-      <c r="F20" s="10" t="e">
+      <c r="B20" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C20" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D20" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E20" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F20" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="21" spans="1:6">
-      <c r="A21" s="12" t="s">
+      <c r="A21" s="13" t="s">
         <v>24</v>
       </c>
-      <c r="B21" s="7" t="e">
-[...11 lines deleted...]
-      <c r="F21" s="7" t="e">
+      <c r="B21" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C21" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D21" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E21" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F21" s="10" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="22" spans="1:6">
-      <c r="A22" s="13" t="s">
+      <c r="A22" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="B22" s="10" t="e">
-[...11 lines deleted...]
-      <c r="F22" s="10" t="e">
+      <c r="B22" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C22" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D22" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E22" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F22" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="23" spans="1:6">
-      <c r="A23" s="6" t="s">
-[...14 lines deleted...]
-      <c r="F23" s="7" t="e">
+      <c r="A23" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="B23" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C23" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D23" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E23" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F23" s="10" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="24" spans="1:6">
-      <c r="A24" s="9" t="s">
-[...19 lines deleted...]
-      <c r="A25" s="11" t="s">
+      <c r="A24" s="11" t="s">
         <v>9</v>
       </c>
-      <c r="B25" s="11"/>
-[...3 lines deleted...]
-      <c r="F25" s="11"/>
+      <c r="B24" s="11"/>
+      <c r="C24" s="11"/>
+      <c r="D24" s="11"/>
+      <c r="E24" s="11"/>
+      <c r="F24" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F13"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F13" sqref="F13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="6" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="6" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B10" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C10" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E10" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="6" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B11" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C11" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D11" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E11" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F11" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="9" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B12" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C12" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D12" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E12" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F12" s="10" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B13" s="11"/>
       <c r="C13" s="11"/>
       <c r="D13" s="11"/>
       <c r="E13" s="11"/>
       <c r="F13" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F24"/>
+  <dimension ref="A1:F23"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="F24" sqref="F24"/>
+      <selection activeCell="F23" sqref="F23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="6" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="6" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B10" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C10" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E10" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="6" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B11" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C11" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D11" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E11" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F11" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="15" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B12" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C12" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D12" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E12" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F12" s="10" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="6" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B13" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C13" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D13" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E13" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F13" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="12" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B14" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C14" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D14" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E14" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F14" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="12" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B15" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C15" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D15" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E15" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F15" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="12" t="s">
+        <v>41</v>
+      </c>
+      <c r="B16" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C16" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D16" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E16" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F16" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6">
+      <c r="A17" s="13" t="s">
         <v>42</v>
       </c>
-      <c r="B16" s="7" t="e">
-[...16 lines deleted...]
-      <c r="A17" s="12" t="s">
+      <c r="B17" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C17" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D17" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E17" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F17" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6">
+      <c r="A18" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="B17" s="7" t="e">
-[...31 lines deleted...]
-      <c r="F18" s="10" t="e">
+      <c r="B18" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C18" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D18" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E18" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F18" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="B19" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C19" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D19" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E19" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F19" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6">
+      <c r="A20" s="15" t="s">
         <v>45</v>
       </c>
-      <c r="B19" s="7" t="e">
-[...16 lines deleted...]
-      <c r="A20" s="6" t="s">
+      <c r="B20" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C20" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D20" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E20" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F20" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6">
+      <c r="A21" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="B20" s="7" t="e">
-[...31 lines deleted...]
-      <c r="F21" s="10" t="e">
+      <c r="B21" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C21" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D21" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E21" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F21" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="22" spans="1:6">
-      <c r="A22" s="6" t="s">
-[...14 lines deleted...]
-      <c r="F22" s="7" t="e">
+      <c r="A22" s="9" t="s">
+        <v>7</v>
+      </c>
+      <c r="B22" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C22" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D22" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E22" s="10" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F22" s="10" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="23" spans="1:6">
-      <c r="A23" s="9" t="s">
-[...19 lines deleted...]
-      <c r="A24" s="11" t="s">
+      <c r="A23" s="11" t="s">
         <v>9</v>
       </c>
-      <c r="B24" s="11"/>
-[...3 lines deleted...]
-      <c r="F24" s="11"/>
+      <c r="B23" s="11"/>
+      <c r="C23" s="11"/>
+      <c r="D23" s="11"/>
+      <c r="E23" s="11"/>
+      <c r="F23" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F17"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F17" sqref="F17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="16" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="12" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="10" spans="1:6" customHeight="1" ht="34.8">
       <c r="A10" s="16" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="15" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="B11" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="C11" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="D11" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="E11" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="F11" s="17" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="12" spans="1:6" customHeight="1" ht="34.8">
       <c r="A12" s="16" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
     </row>
     <row r="13" spans="1:6" customHeight="1" ht="28.8">
       <c r="A13" s="18" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="19" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="B14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F14" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="19" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="B15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F15" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="19" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="B16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F16" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B17" s="11"/>
       <c r="C17" s="11"/>
       <c r="D17" s="11"/>
       <c r="E17" s="11"/>
@@ -2079,194 +2033,194 @@
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F17"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F17" sqref="F17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="16" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="12" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="B9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="10" spans="1:6" customHeight="1" ht="34.8">
       <c r="A10" s="16" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="15" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="B11" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="C11" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="D11" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="E11" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="F11" s="17" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="12" spans="1:6" customHeight="1" ht="34.8">
       <c r="A12" s="16" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
     </row>
     <row r="13" spans="1:6" customHeight="1" ht="28.8">
       <c r="A13" s="18" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="19" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="B14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E14" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F14" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="19" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="B15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E15" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F15" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="19" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="B16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E16" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F16" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B17" s="11"/>
       <c r="C17" s="11"/>
       <c r="D17" s="11"/>
       <c r="E17" s="11"/>