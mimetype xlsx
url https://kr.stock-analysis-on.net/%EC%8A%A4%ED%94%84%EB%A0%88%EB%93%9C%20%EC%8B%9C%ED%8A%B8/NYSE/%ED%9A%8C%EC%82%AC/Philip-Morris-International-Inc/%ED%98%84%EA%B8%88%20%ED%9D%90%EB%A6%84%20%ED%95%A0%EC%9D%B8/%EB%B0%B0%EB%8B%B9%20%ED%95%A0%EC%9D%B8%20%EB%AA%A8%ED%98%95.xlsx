--- v0 (2026-02-08)
+++ v1 (2026-02-08)
@@ -38,51 +38,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>유료 사용자 영역. 데이터를 사용할 수 없습니다!</t>
   </si>
   <si>
     <t>Philip Morris International Inc.</t>
   </si>
   <si>
     <t>주당배당금(DPS) 예측</t>
   </si>
   <si>
     <t>년</t>
   </si>
   <si>
     <t>값</t>
   </si>
   <si>
     <t>DPS(t) 또는 TV(t)</t>
   </si>
   <si>
-    <t>현재 가치 11.54%</t>
+    <t>현재 가치 9.61%</t>
   </si>
   <si>
     <t>DPS(0)</t>
   </si>
   <si>
     <t>DPS(1)</t>
   </si>
   <si>
     <t>DPS(2)</t>
   </si>
   <si>
     <t>DPS(3)</t>
   </si>
   <si>
     <t>DPS(4)</t>
   </si>
   <si>
     <t>DPS(5)</t>
   </si>
   <si>
     <t>TV(5)</t>
   </si>
   <si>
     <t>보통주의 내재가치(주당Philip Morris International Inc.</t>
   </si>
@@ -957,63 +957,63 @@
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="3" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="15"/>
       <c r="B6" s="4" t="s">
         <v>28</v>
       </c>
       <c r="C6" s="16">
+        <v>46022</v>
+      </c>
+      <c r="D6" s="16">
         <v>45657</v>
       </c>
-      <c r="D6" s="16">
+      <c r="E6" s="16">
         <v>45291</v>
       </c>
-      <c r="E6" s="16">
+      <c r="F6" s="16">
         <v>44926</v>
       </c>
-      <c r="F6" s="16">
+      <c r="G6" s="16">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="34.8">
       <c r="A7" s="11" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="12" t="s">
         <v>30</v>
       </c>
       <c r="C8" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="G8" s="17" t="e">
         <v>#N/A</v>