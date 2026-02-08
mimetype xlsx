--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -680,51 +680,51 @@
       </c>
       <c r="B12" s="12">
         <v>53.0</v>
       </c>
       <c r="C12" s="12">
         <v>39.0</v>
       </c>
       <c r="D12" s="12">
         <v>0.0</v>
       </c>
       <c r="E12" s="12">
         <v>0.0</v>
       </c>
       <c r="F12" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B13" s="12">
         <v>10.0</v>
       </c>
       <c r="C13" s="12">
-        <v>9.0</v>
+        <v>0.0</v>
       </c>
       <c r="D13" s="12">
         <v>0.0</v>
       </c>
       <c r="E13" s="12">
         <v>0.0</v>
       </c>
       <c r="F13" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="12">
         <v>25.0</v>
       </c>
       <c r="C14" s="12">
         <v>21.0</v>
       </c>
       <c r="D14" s="12">
         <v>0.0</v>
       </c>
       <c r="E14" s="12">