--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -823,60 +823,60 @@
       <c r="S11" s="10">
         <v>24.0</v>
       </c>
     </row>
     <row r="12" spans="1:19" customHeight="1" ht="34.8">
       <c r="A12" s="6" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="13" spans="1:19" customHeight="1" ht="28.8">
       <c r="A13" s="11" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" s="12" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="8">
         <v>6.0</v>
       </c>
       <c r="C14" s="8">
         <v>6.0</v>
       </c>
       <c r="D14" s="8">
-        <v>7.0</v>
+        <v>0.0</v>
       </c>
       <c r="E14" s="8">
-        <v>6.0</v>
+        <v>0.0</v>
       </c>
       <c r="F14" s="8">
-        <v>6.0</v>
+        <v>0.0</v>
       </c>
       <c r="G14" s="8">
-        <v>6.0</v>
+        <v>0.0</v>
       </c>
       <c r="H14" s="8">
         <v>0.0</v>
       </c>
       <c r="I14" s="8">
         <v>0.0</v>
       </c>
       <c r="J14" s="8">
         <v>0.0</v>
       </c>
       <c r="K14" s="8">
         <v>0.0</v>
       </c>
       <c r="L14" s="8">
         <v>0.0</v>
       </c>
       <c r="M14" s="8">
         <v>0.0</v>
       </c>
       <c r="N14" s="8">
         <v>0.0</v>
       </c>
       <c r="O14" s="8">
         <v>0.0</v>
       </c>