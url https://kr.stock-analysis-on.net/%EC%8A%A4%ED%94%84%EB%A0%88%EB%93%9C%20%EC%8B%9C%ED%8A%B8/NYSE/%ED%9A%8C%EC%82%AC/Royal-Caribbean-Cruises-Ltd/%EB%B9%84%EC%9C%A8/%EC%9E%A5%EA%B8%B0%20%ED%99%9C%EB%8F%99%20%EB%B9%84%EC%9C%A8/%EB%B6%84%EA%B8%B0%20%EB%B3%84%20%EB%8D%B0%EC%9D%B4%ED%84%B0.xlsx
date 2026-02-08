--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1360,60 +1360,60 @@
       </c>
       <c r="P14" s="7">
         <v>0.0</v>
       </c>
       <c r="Q14" s="7">
         <v>0.0</v>
       </c>
       <c r="R14" s="7">
         <v>0.0</v>
       </c>
       <c r="S14" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="15" t="s">
         <v>15</v>
       </c>
       <c r="B15" s="7">
         <v>4.49</v>
       </c>
       <c r="C15" s="7">
         <v>4.4</v>
       </c>
       <c r="D15" s="7">
-        <v>4.27</v>
+        <v>0.0</v>
       </c>
       <c r="E15" s="7">
-        <v>4.18</v>
+        <v>0.0</v>
       </c>
       <c r="F15" s="7">
-        <v>4.11</v>
+        <v>0.0</v>
       </c>
       <c r="G15" s="7">
-        <v>3.91</v>
+        <v>0.0</v>
       </c>
       <c r="H15" s="7">
         <v>0.0</v>
       </c>
       <c r="I15" s="7">
         <v>0.0</v>
       </c>
       <c r="J15" s="7">
         <v>0.0</v>
       </c>
       <c r="K15" s="7">
         <v>0.0</v>
       </c>
       <c r="L15" s="7">
         <v>0.0</v>
       </c>
       <c r="M15" s="7">
         <v>0.0</v>
       </c>
       <c r="N15" s="7">
         <v>0.0</v>
       </c>
       <c r="O15" s="7">
         <v>0.0</v>
       </c>
@@ -2147,60 +2147,60 @@
       </c>
       <c r="P17" s="7">
         <v>0.0</v>
       </c>
       <c r="Q17" s="7">
         <v>0.0</v>
       </c>
       <c r="R17" s="7">
         <v>0.0</v>
       </c>
       <c r="S17" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="15" t="s">
         <v>15</v>
       </c>
       <c r="B18" s="7">
         <v>1.62</v>
       </c>
       <c r="C18" s="7">
         <v>1.59</v>
       </c>
       <c r="D18" s="7">
-        <v>1.54</v>
+        <v>0.0</v>
       </c>
       <c r="E18" s="7">
-        <v>1.49</v>
+        <v>0.0</v>
       </c>
       <c r="F18" s="7">
-        <v>1.48</v>
+        <v>0.0</v>
       </c>
       <c r="G18" s="7">
-        <v>1.41</v>
+        <v>0.0</v>
       </c>
       <c r="H18" s="7">
         <v>0.0</v>
       </c>
       <c r="I18" s="7">
         <v>0.0</v>
       </c>
       <c r="J18" s="7">
         <v>0.0</v>
       </c>
       <c r="K18" s="7">
         <v>0.0</v>
       </c>
       <c r="L18" s="7">
         <v>0.0</v>
       </c>
       <c r="M18" s="7">
         <v>0.0</v>
       </c>
       <c r="N18" s="7">
         <v>0.0</v>
       </c>
       <c r="O18" s="7">
         <v>0.0</v>
       </c>
@@ -2757,60 +2757,60 @@
       </c>
       <c r="P14" s="7">
         <v>0.0</v>
       </c>
       <c r="Q14" s="7">
         <v>0.0</v>
       </c>
       <c r="R14" s="7">
         <v>0.0</v>
       </c>
       <c r="S14" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="15" t="s">
         <v>15</v>
       </c>
       <c r="B15" s="7">
         <v>1.24</v>
       </c>
       <c r="C15" s="7">
         <v>1.21</v>
       </c>
       <c r="D15" s="7">
-        <v>1.13</v>
+        <v>0.0</v>
       </c>
       <c r="E15" s="7">
-        <v>1.09</v>
+        <v>0.0</v>
       </c>
       <c r="F15" s="7">
-        <v>1.08</v>
+        <v>0.0</v>
       </c>
       <c r="G15" s="7">
-        <v>1.03</v>
+        <v>0.0</v>
       </c>
       <c r="H15" s="7">
         <v>0.0</v>
       </c>
       <c r="I15" s="7">
         <v>0.0</v>
       </c>
       <c r="J15" s="7">
         <v>0.0</v>
       </c>
       <c r="K15" s="7">
         <v>0.0</v>
       </c>
       <c r="L15" s="7">
         <v>0.0</v>
       </c>
       <c r="M15" s="7">
         <v>0.0</v>
       </c>
       <c r="N15" s="7">
         <v>0.0</v>
       </c>
       <c r="O15" s="7">
         <v>0.0</v>
       </c>
@@ -3426,60 +3426,60 @@
       </c>
       <c r="P14" s="7">
         <v>0.0</v>
       </c>
       <c r="Q14" s="7">
         <v>0.0</v>
       </c>
       <c r="R14" s="7">
         <v>0.0</v>
       </c>
       <c r="S14" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" s="15" t="s">
         <v>15</v>
       </c>
       <c r="B15" s="7">
         <v>3.78</v>
       </c>
       <c r="C15" s="7">
         <v>3.67</v>
       </c>
       <c r="D15" s="7">
-        <v>3.29</v>
+        <v>0.0</v>
       </c>
       <c r="E15" s="7">
-        <v>3.11</v>
+        <v>0.0</v>
       </c>
       <c r="F15" s="7">
-        <v>3.15</v>
+        <v>0.0</v>
       </c>
       <c r="G15" s="7">
-        <v>3.0099999999999998</v>
+        <v>0.0</v>
       </c>
       <c r="H15" s="7">
         <v>0.0</v>
       </c>
       <c r="I15" s="7">
         <v>0.0</v>
       </c>
       <c r="J15" s="7">
         <v>0.0</v>
       </c>
       <c r="K15" s="7">
         <v>0.0</v>
       </c>
       <c r="L15" s="7">
         <v>0.0</v>
       </c>
       <c r="M15" s="7">
         <v>0.0</v>
       </c>
       <c r="N15" s="7">
         <v>0.0</v>
       </c>
       <c r="O15" s="7">
         <v>0.0</v>
       </c>