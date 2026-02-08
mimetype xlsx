--- v0 (2025-10-23)
+++ v1 (2026-02-08)
@@ -12,104 +12,101 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="자산" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>유료 사용자 영역. 데이터를 사용할 수 없습니다!</t>
   </si>
   <si>
     <t>SLB N.V.</t>
   </si>
   <si>
     <t>연결대차대조표의 구조: 자산</t>
   </si>
   <si>
     <t>현금</t>
   </si>
   <si>
     <t>단기 투자</t>
   </si>
   <si>
     <t>미수금은 의심스러운 계정에 대한 충당금을 적습니다.</t>
   </si>
   <si>
     <t>재고</t>
   </si>
   <si>
     <t>다른 유동자산</t>
   </si>
   <si>
     <t>유동 자산</t>
   </si>
   <si>
     <t>계열회사에 대한 투자</t>
   </si>
   <si>
     <t>고정 자산에서 누적 감가상각을 뺀 금액</t>
   </si>
   <si>
     <t>친선</t>
   </si>
   <si>
     <t>무형 자산</t>
   </si>
   <si>
     <t>APS 프로젝트에 대한 투자</t>
   </si>
   <si>
     <t>연금 및 기타 은퇴 후 플랜 자산</t>
   </si>
   <si>
     <t>운용리스 자산</t>
   </si>
   <si>
     <t>탐사 데이터 비용 자본화</t>
-  </si>
-[...1 lines deleted...]
-    <t>헤지계약의 공정가치</t>
   </si>
   <si>
     <t>다른</t>
   </si>
   <si>
     <t>기타 자산</t>
   </si>
   <si>
     <t>비유동자산</t>
   </si>
   <si>
     <t>총 자산</t>
   </si>
   <si>
     <t>근원: https://kr.stock-analysis-on.net</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-412]yyyy&quot;.&quot; m&quot;.&quot; d&quot;.&quot;"/>
     <numFmt numFmtId="165" formatCode="#,##0.00%;-#,##0.00%;&quot;—&quot;"/>
   </numFmts>
@@ -536,92 +533,92 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F26"/>
+  <dimension ref="A1:F25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="F26" sqref="F26"/>
+      <selection activeCell="F25" sqref="F25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F7" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>4</v>
@@ -881,138 +878,118 @@
       <c r="F20" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="10" t="s">
         <v>17</v>
       </c>
       <c r="B21" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C21" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D21" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E21" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F21" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="22" spans="1:6">
-      <c r="A22" s="10" t="s">
+      <c r="A22" s="11" t="s">
         <v>18</v>
       </c>
-      <c r="B22" s="7" t="e">
-[...11 lines deleted...]
-      <c r="F22" s="7" t="e">
+      <c r="B22" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C22" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D22" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E22" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F22" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="23" spans="1:6">
-      <c r="A23" s="11" t="s">
+      <c r="A23" s="8" t="s">
         <v>19</v>
       </c>
       <c r="B23" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C23" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D23" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E23" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F23" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="24" spans="1:6">
-      <c r="A24" s="8" t="s">
+      <c r="A24" s="12" t="s">
         <v>20</v>
       </c>
       <c r="B24" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C24" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D24" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E24" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F24" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="25" spans="1:6">
-      <c r="A25" s="12" t="s">
+      <c r="A25" s="13" t="s">
         <v>21</v>
       </c>
-      <c r="B25" s="9" t="e">
-[...23 lines deleted...]
-      <c r="F26" s="13"/>
+      <c r="B25" s="13"/>
+      <c r="C25" s="13"/>
+      <c r="D25" s="13"/>
+      <c r="E25" s="13"/>
+      <c r="F25" s="13"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">