--- v0 (2025-10-23)
+++ v1 (2026-02-08)
@@ -94,60 +94,60 @@
   <si>
     <t>재무제표 조정: 대차대조표에서 영업권 제거</t>
   </si>
   <si>
     <t>총자산에 대한 조정</t>
   </si>
   <si>
     <t>총 자산(조정 전)</t>
   </si>
   <si>
     <t>덜: 친선</t>
   </si>
   <si>
     <t>총 자산(조정 후)</t>
   </si>
   <si>
     <t>SLB 총 주주 지분 조정</t>
   </si>
   <si>
     <t>SLB 주주 자본 총액(조정 전)</t>
   </si>
   <si>
     <t>SLB 주주 자본 총액(조정 후)</t>
   </si>
   <si>
-    <t>SLB에 귀속되는 순이익(손실) 조정</t>
-[...2 lines deleted...]
-    <t>SLB에 귀속되는 순이익(손실)(조정 전)</t>
+    <t>SLB에 귀속되는 순이익 조정</t>
+  </si>
+  <si>
+    <t>조정 전 SLB에 귀속되는 순이익</t>
   </si>
   <si>
     <t>더: 영업권 손상</t>
   </si>
   <si>
-    <t>SLB에 귀속되는 순이익(손실)(조정 후)</t>
+    <t>조정 후 SLB에 귀속되는 순이익</t>
   </si>
   <si>
     <t>조정된 재무 비율: 대차대조표에서 영업권 제거</t>
   </si>
   <si>
     <t>순이익률(Net Profit Margin Ratio)</t>
   </si>
   <si>
     <t>순이익률(미조정)</t>
   </si>
   <si>
     <t>순이익률(조정)</t>
   </si>
   <si>
     <t>총 자산 회전율</t>
   </si>
   <si>
     <t>총 자산 회전율(미조정)</t>
   </si>
   <si>
     <t>총 자산 회전율(조정)</t>
   </si>
   <si>
     <t>재무 레버리지 비율</t>
   </si>
@@ -160,63 +160,63 @@
   <si>
     <t>자기자본비율 (ROE)</t>
   </si>
   <si>
     <t>자기자본비율(미조정)</t>
   </si>
   <si>
     <t>자기자본비율(조정)</t>
   </si>
   <si>
     <t>자산수익률비율 (ROA)</t>
   </si>
   <si>
     <t>자산수익률비율(미조정)</t>
   </si>
   <si>
     <t>자산수익률(ROE) 비율(조정)</t>
   </si>
   <si>
     <t>조정 전</t>
   </si>
   <si>
     <t>선택한 재무 데이터 (US$ 단위: 백만 달러)</t>
   </si>
   <si>
-    <t>SLB에 귀속되는 순이익(손실)</t>
+    <t>SLB에 귀속되는 순이익</t>
   </si>
   <si>
     <t>수익</t>
   </si>
   <si>
     <t>수익성 비율</t>
   </si>
   <si>
     <t>조정 후: 대차대조표에서 영업권 제거</t>
   </si>
   <si>
-    <t>SLB에 귀속되는 조정 순이익(손실)</t>
+    <t>SLB에 귀속된 조정 순이익</t>
   </si>
   <si>
     <t>총 자산</t>
   </si>
   <si>
     <t>활동 비율</t>
   </si>
   <si>
     <t>조정된 총 자산</t>
   </si>
   <si>
     <t>SLB 주주 자본 합계</t>
   </si>
   <si>
     <t>지급 능력 비율</t>
   </si>
   <si>
     <t>조정된 총 SLB 주주 자본</t>
   </si>
   <si>
     <t>자기자본비율 (ROE) (조정)</t>
   </si>
   <si>
     <t>ROE</t>
   </si>
@@ -764,63 +764,63 @@
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="8" t="s">
         <v>5</v>
@@ -1015,63 +1015,63 @@
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="15" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="11" t="s">
         <v>16</v>
       </c>
       <c r="B9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="7" t="e">
         <v>#N/A</v>
@@ -1276,63 +1276,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="15" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="11" t="s">
         <v>28</v>
       </c>
       <c r="B8" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="17" t="e">
         <v>#N/A</v>
@@ -1567,63 +1567,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="15" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="28.8">
       <c r="A8" s="19" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="8" t="s">
         <v>44</v>
       </c>
       <c r="B9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="7" t="e">
         <v>#N/A</v>
       </c>
@@ -1783,63 +1783,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="15" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="28.8">
       <c r="A8" s="19" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="8" t="s">
         <v>45</v>
       </c>
       <c r="B9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="7" t="e">
         <v>#N/A</v>
       </c>
@@ -1999,63 +1999,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="15" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="28.8">
       <c r="A8" s="19" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="8" t="s">
         <v>49</v>
       </c>
       <c r="B9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="7" t="e">
         <v>#N/A</v>
       </c>
@@ -2215,63 +2215,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="15" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="28.8">
       <c r="A8" s="19" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="8" t="s">
         <v>44</v>
       </c>
       <c r="B9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="7" t="e">
         <v>#N/A</v>
       </c>
@@ -2431,63 +2431,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="15" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="28.8">
       <c r="A8" s="19" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="8" t="s">
         <v>44</v>
       </c>
       <c r="B9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="7" t="e">
         <v>#N/A</v>
       </c>