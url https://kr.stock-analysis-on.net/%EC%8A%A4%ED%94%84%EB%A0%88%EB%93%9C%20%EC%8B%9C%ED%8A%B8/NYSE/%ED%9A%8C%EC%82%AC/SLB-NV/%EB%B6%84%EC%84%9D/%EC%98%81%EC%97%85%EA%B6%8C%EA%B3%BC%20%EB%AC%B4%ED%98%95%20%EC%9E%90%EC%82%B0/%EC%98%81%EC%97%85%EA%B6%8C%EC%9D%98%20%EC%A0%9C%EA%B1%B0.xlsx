--- v0 (2025-10-23)
+++ v1 (2026-02-08)
@@ -47,60 +47,60 @@
   <si>
     <t>US$ 단위: 백만 달러</t>
   </si>
   <si>
     <t>총자산에 대한 조정</t>
   </si>
   <si>
     <t>총 자산(조정 전)</t>
   </si>
   <si>
     <t>덜: 친선</t>
   </si>
   <si>
     <t>총 자산(조정 후)</t>
   </si>
   <si>
     <t>SLB 총 주주 지분 조정</t>
   </si>
   <si>
     <t>SLB 주주 자본 총액(조정 전)</t>
   </si>
   <si>
     <t>SLB 주주 자본 총액(조정 후)</t>
   </si>
   <si>
-    <t>SLB에 귀속되는 순이익(손실) 조정</t>
-[...2 lines deleted...]
-    <t>SLB에 귀속되는 순이익(손실)(조정 전)</t>
+    <t>SLB에 귀속되는 순이익 조정</t>
+  </si>
+  <si>
+    <t>조정 전 SLB에 귀속되는 순이익</t>
   </si>
   <si>
     <t>더: 영업권 손상</t>
   </si>
   <si>
-    <t>SLB에 귀속되는 순이익(손실)(조정 후)</t>
+    <t>조정 후 SLB에 귀속되는 순이익</t>
   </si>
   <si>
     <t>근원: https://kr.stock-analysis-on.net</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-412]yyyy&quot;.&quot; m&quot;.&quot; d&quot;.&quot;"/>
     <numFmt numFmtId="165" formatCode="#,##0_);(#,##0);&quot;—&quot;"/>
   </numFmts>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF252525"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
@@ -552,63 +552,63 @@
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>