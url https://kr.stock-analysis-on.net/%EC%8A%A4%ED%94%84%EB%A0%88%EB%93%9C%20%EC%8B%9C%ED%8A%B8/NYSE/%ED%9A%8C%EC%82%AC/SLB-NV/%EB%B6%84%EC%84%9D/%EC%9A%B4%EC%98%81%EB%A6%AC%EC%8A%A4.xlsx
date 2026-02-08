--- v0 (2025-10-23)
+++ v1 (2026-02-08)
@@ -58,51 +58,51 @@
   <si>
     <t>총자산에 대한 조정</t>
   </si>
   <si>
     <t>총 자산(조정 전)</t>
   </si>
   <si>
     <t>더: 운용리스 사용권 자산(FASB 주제 842 채택 전)</t>
   </si>
   <si>
     <t>총 자산(조정 후)</t>
   </si>
   <si>
     <t>총 부채에 대한 조정</t>
   </si>
   <si>
     <t>총 부채(조정 전)</t>
   </si>
   <si>
     <t>더: 운용 리스 책임(FASB 주제 842 채택 전)</t>
   </si>
   <si>
     <t>더: 운용리스 부채(미지급금 및 미지급 부채로 인식됨)</t>
   </si>
   <si>
-    <t>더: 운용리스 부채(기타부채로 인식)</t>
+    <t>더: 운영 임대차 책임(기타 부채로 인식됨)</t>
   </si>
   <si>
     <t>총 부채 (조정 후)</t>
   </si>
   <si>
     <t>근원: https://kr.stock-analysis-on.net</t>
   </si>
   <si>
     <t>운용리스에 대한 조정된 재무비율</t>
   </si>
   <si>
     <t>총 자산 회전율</t>
   </si>
   <si>
     <t>총 자산 회전율(미조정)</t>
   </si>
   <si>
     <t>총 자산 회전율(조정)</t>
   </si>
   <si>
     <t>주주 자본 대비 부채 비율</t>
   </si>
   <si>
     <t>주주 자본 대비 부채 비율(미조정)</t>
   </si>
@@ -133,51 +133,51 @@
   <si>
     <t>활동 비율</t>
   </si>
   <si>
     <t>운용리스 조정 후</t>
   </si>
   <si>
     <t>조정된 총 자산</t>
   </si>
   <si>
     <t>총 부채</t>
   </si>
   <si>
     <t>SLB 주주 자본 합계</t>
   </si>
   <si>
     <t>지급 능력 비율</t>
   </si>
   <si>
     <t>조정된 총 부채</t>
   </si>
   <si>
     <t>자산수익률비율 (ROA) (조정)</t>
   </si>
   <si>
-    <t>SLB에 귀속되는 순이익(손실)</t>
+    <t>SLB에 귀속되는 순이익</t>
   </si>
   <si>
     <t>수익성 비율</t>
   </si>
   <si>
     <t>ROA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="[$-412]yyyy&quot;.&quot; m&quot;.&quot; d&quot;.&quot;"/>
     <numFmt numFmtId="165" formatCode="#,##0_);(#,##0);&quot;—&quot;"/>
     <numFmt numFmtId="166" formatCode="#,##0.00;-#,##0.00;&quot;—&quot;"/>
     <numFmt numFmtId="167" formatCode="#,##0.00%;-#,##0.00%;&quot;—&quot;"/>
   </numFmts>
   <fonts count="8">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -680,63 +680,63 @@
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>
@@ -916,63 +916,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>17</v>
       </c>
       <c r="B8" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="12" t="e">
         <v>#N/A</v>
@@ -1117,63 +1117,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="28.8">
       <c r="A8" s="14" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="15" t="s">
         <v>27</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
@@ -1333,63 +1333,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="28.8">
       <c r="A8" s="14" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="15" t="s">
         <v>32</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
@@ -1549,63 +1549,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="28.8">
       <c r="A8" s="14" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="15" t="s">
         <v>37</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>