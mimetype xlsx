--- v0 (2025-10-23)
+++ v1 (2026-02-08)
@@ -12,101 +12,107 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="보고 대상 부문 이익률" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
   <si>
     <t>유료 사용자 영역. 데이터를 사용할 수 없습니다!</t>
   </si>
   <si>
     <t>SLB N.V.</t>
   </si>
   <si>
     <t>보고 가능한 부문별 이익률</t>
   </si>
   <si>
-    <t>디지털 &amp; 통합</t>
+    <t>디지털</t>
   </si>
   <si>
     <t>저류층 성능</t>
   </si>
   <si>
     <t>우물 건설</t>
   </si>
   <si>
     <t>생산 시스템</t>
   </si>
   <si>
+    <t>그 외 모든 것</t>
+  </si>
+  <si>
     <t>근원: https://kr.stock-analysis-on.net</t>
   </si>
   <si>
-    <t>디지털 &amp; 통합; 세그먼트 이익 마진 비율 계산</t>
+    <t>디지털; 세그먼트 이익 마진 비율 계산</t>
   </si>
   <si>
     <t>선택한 재무 데이터 (US$ 단위: 백만 달러)</t>
   </si>
   <si>
-    <t>영업이익</t>
+    <t>세전 소득</t>
   </si>
   <si>
     <t>수익</t>
   </si>
   <si>
     <t>보고 대상 부문 수익성 비율</t>
   </si>
   <si>
     <t>보고 대상 부문 이익률</t>
   </si>
   <si>
     <t>저류층 성능; 세그먼트 이익 마진 비율 계산</t>
   </si>
   <si>
     <t>우물 건설; 세그먼트 이익 마진 비율 계산</t>
   </si>
   <si>
     <t>생산 시스템; 세그먼트 이익 마진 비율 계산</t>
+  </si>
+  <si>
+    <t>그 외 모든 것; 세그먼트 이익 마진 비율 계산</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="[$-412]yyyy&quot;.&quot; m&quot;.&quot; d&quot;.&quot;"/>
     <numFmt numFmtId="165" formatCode="#,##0.00%;-#,##0.00%;&quot;—&quot;"/>
     <numFmt numFmtId="166" formatCode="#,##0_);(#,##0);&quot;—&quot;"/>
   </numFmts>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF252525"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
@@ -528,92 +534,92 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F59"/>
+  <dimension ref="A1:F72"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="F59" sqref="F59"/>
+      <selection activeCell="F72" sqref="F72"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F7" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>4</v>
@@ -653,470 +659,593 @@
       <c r="F9" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B10" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C10" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E10" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="11" spans="1:6">
-      <c r="A11" s="8" t="s">
+      <c r="A11" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="B11" s="8"/>
-[...6 lines deleted...]
-      <c r="A16" s="3" t="s">
+      <c r="B11" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C11" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D11" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E11" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F11" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6">
+      <c r="A12" s="8" t="s">
         <v>8</v>
       </c>
+      <c r="B12" s="8"/>
+      <c r="C12" s="8"/>
+      <c r="D12" s="8"/>
+      <c r="E12" s="8"/>
+      <c r="F12" s="8"/>
     </row>
     <row r="17" spans="1:6">
-      <c r="A17" s="4"/>
-      <c r="B17" s="5">
+      <c r="A17" s="3" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6">
+      <c r="A18" s="4"/>
+      <c r="B18" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C18" s="5">
         <v>45657</v>
       </c>
-      <c r="C17" s="5">
+      <c r="D18" s="5">
         <v>45291</v>
       </c>
-      <c r="D17" s="5">
+      <c r="E18" s="5">
         <v>44926</v>
       </c>
-      <c r="E17" s="5">
+      <c r="F18" s="5">
         <v>44561</v>
       </c>
-      <c r="F17" s="5">
-[...9 lines deleted...]
-      <c r="A19" s="10" t="s">
+    </row>
+    <row r="19" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A19" s="9" t="s">
         <v>10</v>
-      </c>
-[...13 lines deleted...]
-        <v>#N/A</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="10" t="s">
         <v>11</v>
       </c>
       <c r="B20" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="C20" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="D20" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="E20" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="F20" s="11" t="e">
         <v>#N/A</v>
       </c>
     </row>
-    <row r="21" spans="1:6" customHeight="1" ht="34.8">
-      <c r="A21" s="9" t="s">
+    <row r="21" spans="1:6">
+      <c r="A21" s="10" t="s">
         <v>12</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A22" s="12" t="s">
+      <c r="B21" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C21" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D21" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E21" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F21" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A22" s="9" t="s">
         <v>13</v>
       </c>
-      <c r="B22" s="13" t="e">
-[...13 lines deleted...]
-      </c>
     </row>
     <row r="23" spans="1:6">
-      <c r="A23" s="8" t="s">
-[...9 lines deleted...]
-      <c r="A28" s="3" t="s">
+      <c r="A23" s="12" t="s">
         <v>14</v>
       </c>
+      <c r="B23" s="13" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C23" s="13" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D23" s="13" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E23" s="13" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F23" s="13" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6">
+      <c r="A24" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B24" s="8"/>
+      <c r="C24" s="8"/>
+      <c r="D24" s="8"/>
+      <c r="E24" s="8"/>
+      <c r="F24" s="8"/>
     </row>
     <row r="29" spans="1:6">
-      <c r="A29" s="4"/>
-      <c r="B29" s="5">
+      <c r="A29" s="3" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6">
+      <c r="A30" s="4"/>
+      <c r="B30" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C30" s="5">
         <v>45657</v>
       </c>
-      <c r="C29" s="5">
+      <c r="D30" s="5">
         <v>45291</v>
       </c>
-      <c r="D29" s="5">
+      <c r="E30" s="5">
         <v>44926</v>
       </c>
-      <c r="E29" s="5">
+      <c r="F30" s="5">
         <v>44561</v>
       </c>
-      <c r="F29" s="5">
-[...9 lines deleted...]
-      <c r="A31" s="10" t="s">
+    </row>
+    <row r="31" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A31" s="9" t="s">
         <v>10</v>
-      </c>
-[...13 lines deleted...]
-        <v>#N/A</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32" s="10" t="s">
         <v>11</v>
       </c>
       <c r="B32" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="C32" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="D32" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="E32" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="F32" s="11" t="e">
         <v>#N/A</v>
       </c>
     </row>
-    <row r="33" spans="1:6" customHeight="1" ht="34.8">
-      <c r="A33" s="9" t="s">
+    <row r="33" spans="1:6">
+      <c r="A33" s="10" t="s">
         <v>12</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A34" s="12" t="s">
+      <c r="B33" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C33" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D33" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E33" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F33" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A34" s="9" t="s">
         <v>13</v>
       </c>
-      <c r="B34" s="13" t="e">
-[...13 lines deleted...]
-      </c>
     </row>
     <row r="35" spans="1:6">
-      <c r="A35" s="8" t="s">
-[...11 lines deleted...]
-      </c>
+      <c r="A35" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="B35" s="13" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C35" s="13" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D35" s="13" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E35" s="13" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F35" s="13" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6">
+      <c r="A36" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B36" s="8"/>
+      <c r="C36" s="8"/>
+      <c r="D36" s="8"/>
+      <c r="E36" s="8"/>
+      <c r="F36" s="8"/>
     </row>
     <row r="41" spans="1:6">
-      <c r="A41" s="4"/>
-      <c r="B41" s="5">
+      <c r="A41" s="3" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6">
+      <c r="A42" s="4"/>
+      <c r="B42" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C42" s="5">
         <v>45657</v>
       </c>
-      <c r="C41" s="5">
+      <c r="D42" s="5">
         <v>45291</v>
       </c>
-      <c r="D41" s="5">
+      <c r="E42" s="5">
         <v>44926</v>
       </c>
-      <c r="E41" s="5">
+      <c r="F42" s="5">
         <v>44561</v>
       </c>
-      <c r="F41" s="5">
-[...9 lines deleted...]
-      <c r="A43" s="10" t="s">
+    </row>
+    <row r="43" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A43" s="9" t="s">
         <v>10</v>
-      </c>
-[...13 lines deleted...]
-        <v>#N/A</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" s="10" t="s">
         <v>11</v>
       </c>
       <c r="B44" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="C44" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="D44" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="E44" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="F44" s="11" t="e">
         <v>#N/A</v>
       </c>
     </row>
-    <row r="45" spans="1:6" customHeight="1" ht="34.8">
-      <c r="A45" s="9" t="s">
+    <row r="45" spans="1:6">
+      <c r="A45" s="10" t="s">
         <v>12</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A46" s="12" t="s">
+      <c r="B45" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C45" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D45" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E45" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F45" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="46" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A46" s="9" t="s">
         <v>13</v>
       </c>
-      <c r="B46" s="13" t="e">
-[...13 lines deleted...]
-      </c>
     </row>
     <row r="47" spans="1:6">
-      <c r="A47" s="8" t="s">
-[...11 lines deleted...]
-      </c>
+      <c r="A47" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="B47" s="13" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C47" s="13" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D47" s="13" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E47" s="13" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F47" s="13" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="48" spans="1:6">
+      <c r="A48" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B48" s="8"/>
+      <c r="C48" s="8"/>
+      <c r="D48" s="8"/>
+      <c r="E48" s="8"/>
+      <c r="F48" s="8"/>
     </row>
     <row r="53" spans="1:6">
-      <c r="A53" s="4"/>
-      <c r="B53" s="5">
+      <c r="A53" s="3" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6">
+      <c r="A54" s="4"/>
+      <c r="B54" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C54" s="5">
         <v>45657</v>
       </c>
-      <c r="C53" s="5">
+      <c r="D54" s="5">
         <v>45291</v>
       </c>
-      <c r="D53" s="5">
+      <c r="E54" s="5">
         <v>44926</v>
       </c>
-      <c r="E53" s="5">
+      <c r="F54" s="5">
         <v>44561</v>
       </c>
-      <c r="F53" s="5">
-[...9 lines deleted...]
-      <c r="A55" s="10" t="s">
+    </row>
+    <row r="55" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A55" s="9" t="s">
         <v>10</v>
-      </c>
-[...13 lines deleted...]
-        <v>#N/A</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56" s="10" t="s">
         <v>11</v>
       </c>
       <c r="B56" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="C56" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="D56" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="E56" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="F56" s="11" t="e">
         <v>#N/A</v>
       </c>
     </row>
-    <row r="57" spans="1:6" customHeight="1" ht="34.8">
-      <c r="A57" s="9" t="s">
+    <row r="57" spans="1:6">
+      <c r="A57" s="10" t="s">
         <v>12</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A58" s="12" t="s">
+      <c r="B57" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C57" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D57" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E57" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F57" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="58" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A58" s="9" t="s">
         <v>13</v>
       </c>
-      <c r="B58" s="13" t="e">
-[...13 lines deleted...]
-      </c>
     </row>
     <row r="59" spans="1:6">
-      <c r="A59" s="8" t="s">
-[...6 lines deleted...]
-      <c r="F59" s="8"/>
+      <c r="A59" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="B59" s="13" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C59" s="13" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D59" s="13" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E59" s="13" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F59" s="13" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="60" spans="1:6">
+      <c r="A60" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B60" s="8"/>
+      <c r="C60" s="8"/>
+      <c r="D60" s="8"/>
+      <c r="E60" s="8"/>
+      <c r="F60" s="8"/>
+    </row>
+    <row r="65" spans="1:6">
+      <c r="A65" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="66" spans="1:6">
+      <c r="A66" s="4"/>
+      <c r="B66" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C66" s="5">
+        <v>45657</v>
+      </c>
+      <c r="D66" s="5">
+        <v>45291</v>
+      </c>
+      <c r="E66" s="5">
+        <v>44926</v>
+      </c>
+      <c r="F66" s="5">
+        <v>44561</v>
+      </c>
+    </row>
+    <row r="67" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A67" s="9" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="68" spans="1:6">
+      <c r="A68" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="B68" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C68" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D68" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E68" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F68" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="69" spans="1:6">
+      <c r="A69" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="B69" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C69" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D69" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E69" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F69" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="70" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A70" s="9" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="71" spans="1:6">
+      <c r="A71" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="B71" s="13" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C71" s="13" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D71" s="13" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E71" s="13" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F71" s="13" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="72" spans="1:6">
+      <c r="A72" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B72" s="8"/>
+      <c r="C72" s="8"/>
+      <c r="D72" s="8"/>
+      <c r="E72" s="8"/>
+      <c r="F72" s="8"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">