--- v0 (2025-10-23)
+++ v1 (2026-02-08)
@@ -104,84 +104,84 @@
   <si>
     <t>단기 차입금과 장기 부채의 유동 부분</t>
   </si>
   <si>
     <t>장기부채, 유동부분 제외</t>
   </si>
   <si>
     <t>총 부채</t>
   </si>
   <si>
     <t>SLB 주주 자본 합계</t>
   </si>
   <si>
     <t>벤치 마크</t>
   </si>
   <si>
     <t>주주 자본 대비 부채 비율산업</t>
   </si>
   <si>
     <t>에너지</t>
   </si>
   <si>
     <t>운용리스 부채(미지급금 및 미지급 부채로 인식됨)</t>
   </si>
   <si>
-    <t>운용리스 부채(기타부채로 인식)</t>
+    <t>운영 임대차 책임(기타 부채로 인식됨)</t>
   </si>
   <si>
     <t>총 부채(운용리스 부채 포함)</t>
   </si>
   <si>
     <t>주주 자본 대비 부채 비율(영업리스 부채 포함)산업</t>
   </si>
   <si>
     <t>총 자본금</t>
   </si>
   <si>
     <t>총자본비율 대비 부채비율산업</t>
   </si>
   <si>
     <t>총 자본금(운용리스 부채 포함)</t>
   </si>
   <si>
     <t>총자본비율(영업리스부채 포함)산업</t>
   </si>
   <si>
     <t>총 자산</t>
   </si>
   <si>
     <t>자산대비 부채비율산업</t>
   </si>
   <si>
     <t>자산대비 부채비율(영업리스부채 포함)산업</t>
   </si>
   <si>
     <t>재무 레버리지 비율산업</t>
   </si>
   <si>
-    <t>SLB에 귀속되는 순이익(손실)</t>
+    <t>SLB에 귀속되는 순이익</t>
   </si>
   <si>
     <t>더: 비지배지분에 기인한 순이익</t>
   </si>
   <si>
     <t>더: 소득세 비용</t>
   </si>
   <si>
     <t>더: 이자 비용</t>
   </si>
   <si>
     <t>이자 및 세전 이익 (EBIT)</t>
   </si>
   <si>
     <t>이자 커버리지 비율산업</t>
   </si>
   <si>
     <t>더: 운용리스 비용</t>
   </si>
   <si>
     <t>고정 수수료 및 세금 차감 전 이익</t>
   </si>
   <si>
     <t>이자 비용</t>
   </si>
@@ -722,63 +722,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>4</v>
       </c>
       <c r="B8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="8" t="e">
         <v>#N/A</v>
@@ -978,63 +978,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>35</v>
       </c>
       <c r="B8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="10" t="e">
         <v>#N/A</v>
@@ -1304,63 +1304,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="10" t="e">
         <v>#N/A</v>
@@ -1510,63 +1510,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="10" t="e">
         <v>#N/A</v>
@@ -1776,63 +1776,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="10" t="e">
         <v>#N/A</v>
@@ -2002,63 +2002,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="10" t="e">
         <v>#N/A</v>
@@ -2288,63 +2288,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="10" t="e">
         <v>#N/A</v>
@@ -2494,63 +2494,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="10" t="e">
         <v>#N/A</v>
@@ -2760,63 +2760,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>31</v>
       </c>
       <c r="B8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="10" t="e">
         <v>#N/A</v>
@@ -2926,63 +2926,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>35</v>
       </c>
       <c r="B8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="10" t="e">
         <v>#N/A</v>