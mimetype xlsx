--- v0 (2025-10-23)
+++ v1 (2026-02-08)
@@ -26,51 +26,51 @@
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="고정 요금 적용 비율" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
   <si>
     <t>유료 사용자 영역. 데이터를 사용할 수 없습니다!</t>
   </si>
   <si>
     <t>SLB N.V.</t>
   </si>
   <si>
     <t>고정 요금 적용 비율</t>
   </si>
   <si>
     <t>선택한 재무 데이터 (US$ 단위: 백만 달러)</t>
   </si>
   <si>
-    <t>SLB에 귀속되는 순이익(손실)</t>
+    <t>SLB에 귀속되는 순이익</t>
   </si>
   <si>
     <t>더: 비지배지분에 기인한 순이익</t>
   </si>
   <si>
     <t>더: 소득세 비용</t>
   </si>
   <si>
     <t>더: 이자 비용</t>
   </si>
   <si>
     <t>이자 및 세전 이익 (EBIT)</t>
   </si>
   <si>
     <t>더: 운용리스 비용</t>
   </si>
   <si>
     <t>고정 수수료 및 세금 차감 전 이익</t>
   </si>
   <si>
     <t>이자 비용</t>
   </si>
   <si>
     <t>운용리스 비용</t>
   </si>
@@ -581,63 +581,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>4</v>
       </c>
       <c r="B8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="8" t="e">
         <v>#N/A</v>