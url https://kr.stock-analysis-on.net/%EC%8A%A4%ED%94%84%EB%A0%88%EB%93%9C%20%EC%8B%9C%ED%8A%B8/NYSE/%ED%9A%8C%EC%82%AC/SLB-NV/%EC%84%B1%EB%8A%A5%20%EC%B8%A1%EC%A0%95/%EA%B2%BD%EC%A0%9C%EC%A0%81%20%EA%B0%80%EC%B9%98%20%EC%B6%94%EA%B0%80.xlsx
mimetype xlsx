--- v0 (2025-10-23)
+++ v1 (2026-02-08)
@@ -57,51 +57,51 @@
   <si>
     <t>US$ 단위: 백만 달러</t>
   </si>
   <si>
     <t>12개월 종료</t>
   </si>
   <si>
     <t>세후 순영업이익 (NOPAT)</t>
   </si>
   <si>
     <t>자본 비용</t>
   </si>
   <si>
     <t>투자 자본</t>
   </si>
   <si>
     <t>경제적 이익</t>
   </si>
   <si>
     <t>근원: https://kr.stock-analysis-on.net</t>
   </si>
   <si>
     <t>NOPAT계산</t>
   </si>
   <si>
-    <t>SLB에 귀속되는 순이익(손실)</t>
+    <t>SLB에 귀속되는 순이익</t>
   </si>
   <si>
     <t>이연소득세비용(급여)</t>
   </si>
   <si>
     <t>의심스러운 계정에 대한 충당금의 증가(감소)</t>
   </si>
   <si>
     <t>자기자본 등가물의 증가(감소)</t>
   </si>
   <si>
     <t>이자 비용</t>
   </si>
   <si>
     <t>이자비용, 운용리스부채</t>
   </si>
   <si>
     <t>조정된 이자 비용</t>
   </si>
   <si>
     <t>이자 비용의 세제 혜택</t>
   </si>
   <si>
     <t>조정된 이자 비용, 세후</t>
   </si>
@@ -711,63 +711,63 @@
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="6" t="s">
         <v>6</v>
@@ -864,63 +864,63 @@
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>11</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="12" t="s">
         <v>12</v>
@@ -1257,63 +1257,63 @@
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>27</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="6" t="s">
         <v>28</v>
@@ -1428,63 +1428,63 @@
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>33</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="6" t="s">
         <v>34</v>
@@ -1754,63 +1754,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="16" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="7" t="e">
         <v>#N/A</v>
@@ -1890,63 +1890,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="16" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="12" t="s">
         <v>8</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="7" t="e">
         <v>#N/A</v>