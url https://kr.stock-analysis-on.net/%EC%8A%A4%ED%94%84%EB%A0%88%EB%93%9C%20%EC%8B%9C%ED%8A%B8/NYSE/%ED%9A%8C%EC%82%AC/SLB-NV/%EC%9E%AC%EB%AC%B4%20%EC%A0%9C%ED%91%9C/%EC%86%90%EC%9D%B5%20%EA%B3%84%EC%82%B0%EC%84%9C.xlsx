--- v0 (2025-10-23)
+++ v1 (2026-02-08)
@@ -56,108 +56,108 @@
   <si>
     <t>물품 판매</t>
   </si>
   <si>
     <t>수익</t>
   </si>
   <si>
     <t>서비스 비용</t>
   </si>
   <si>
     <t>매출 원가</t>
   </si>
   <si>
     <t>총수익</t>
   </si>
   <si>
     <t>리서치 &amp; 엔지니어링</t>
   </si>
   <si>
     <t>일반 &amp; 행정</t>
   </si>
   <si>
     <t>구조조정 &amp; 기타</t>
   </si>
   <si>
+    <t>장애</t>
+  </si>
+  <si>
     <t>합병 및 통합</t>
   </si>
   <si>
-    <t>장애 &amp; 기타</t>
-[...2 lines deleted...]
-    <t>영업이익(손실)</t>
+    <t>영업이익</t>
   </si>
   <si>
     <t>지분법 투자수익</t>
   </si>
   <si>
+    <t>팔리저 APS 프로젝트 매각 시 이익</t>
+  </si>
+  <si>
     <t>이자소득</t>
   </si>
   <si>
     <t>투자 매각 이익</t>
   </si>
   <si>
     <t>Liberty 주식 매각 이익</t>
   </si>
   <si>
     <t>블루칩 스왑 거래 손실</t>
   </si>
   <si>
     <t>ADC 지분 투자에 대한 이익</t>
   </si>
   <si>
     <t>부동산 매각이익</t>
   </si>
   <si>
     <t>채권 환매 이익</t>
   </si>
   <si>
     <t>유가증권에 대한 미실현 이익</t>
   </si>
   <si>
-    <t>사업체 매출에 따른 이익</t>
-[...1 lines deleted...]
-  <si>
     <t>이자 및 기타 소득, 순</t>
   </si>
   <si>
     <t>이자 비용</t>
   </si>
   <si>
-    <t>세전 이익(손실)</t>
-[...5 lines deleted...]
-    <t>순이익(손실)</t>
+    <t>세전 이익</t>
+  </si>
+  <si>
+    <t>세무 비용</t>
+  </si>
+  <si>
+    <t>순수입</t>
   </si>
   <si>
     <t>비지배지분에 귀속되는 순이익</t>
   </si>
   <si>
-    <t>SLB에 귀속되는 순이익(손실)</t>
+    <t>SLB에 귀속되는 순이익</t>
   </si>
   <si>
     <t>근원: https://kr.stock-analysis-on.net</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-412]yyyy&quot;.&quot; m&quot;.&quot; d&quot;.&quot;"/>
     <numFmt numFmtId="165" formatCode="#,##0_);(#,##0);&quot;—&quot;"/>
   </numFmts>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF252525"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
@@ -608,63 +608,63 @@
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="6" t="s">
         <v>6</v>