--- v0 (2025-10-23)
+++ v1 (2026-02-07)
@@ -111,78 +111,78 @@
   <si>
     <t>조정된 총 자본</t>
   </si>
   <si>
     <t>조정된 총 자본금</t>
   </si>
   <si>
     <t>단기 차입금과 장기 부채의 유동 부분</t>
   </si>
   <si>
     <t>장기부채, 유동부분 제외</t>
   </si>
   <si>
     <t>보고된 총 부채</t>
   </si>
   <si>
     <t>보고된 총 자본금</t>
   </si>
   <si>
     <t>부채 조정</t>
   </si>
   <si>
     <t>더: 운용리스 부채(미지급금 및 미지급 부채로 인식됨)</t>
   </si>
   <si>
-    <t>더: 운용리스 부채(기타부채로 인식)</t>
+    <t>더: 운영 임대차 책임(기타 부채로 인식됨)</t>
   </si>
   <si>
     <t>주주 자본에 대한 조정</t>
   </si>
   <si>
-    <t>SLB에 귀속되는 조정 순이익(손실)</t>
+    <t>SLB에 귀속된 조정 순이익</t>
   </si>
   <si>
     <t>12개월 종료</t>
   </si>
   <si>
-    <t>SLB에 귀속되는 순이익(손실)</t>
+    <t>SLB에 귀속되는 순이익</t>
   </si>
   <si>
     <t>더: 이연소득세비용(급여)</t>
   </si>
   <si>
     <t>더: 의심스러운 계정에 대한 충당금의 증가(감소)</t>
   </si>
   <si>
     <t>더: 그 외의 포괄손익(손실)</t>
   </si>
   <si>
     <t>더: 포괄이익(손실), 비지배지분에 기인한 세액</t>
   </si>
   <si>
-    <t>조정 순이익(손실)</t>
+    <t>조정된 순이익</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-412]yyyy&quot;.&quot; m&quot;.&quot; d&quot;.&quot;"/>
     <numFmt numFmtId="165" formatCode="#,##0_);(#,##0);&quot;—&quot;"/>
   </numFmts>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF252525"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -654,63 +654,63 @@
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>
@@ -800,63 +800,63 @@
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
         <v>11</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>
@@ -966,63 +966,63 @@
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
         <v>14</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>
@@ -1132,63 +1132,63 @@
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
         <v>18</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>
@@ -1318,63 +1318,63 @@
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>
@@ -1691,63 +1691,63 @@
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4" t="s">
         <v>32</v>
       </c>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
         <v>33</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>