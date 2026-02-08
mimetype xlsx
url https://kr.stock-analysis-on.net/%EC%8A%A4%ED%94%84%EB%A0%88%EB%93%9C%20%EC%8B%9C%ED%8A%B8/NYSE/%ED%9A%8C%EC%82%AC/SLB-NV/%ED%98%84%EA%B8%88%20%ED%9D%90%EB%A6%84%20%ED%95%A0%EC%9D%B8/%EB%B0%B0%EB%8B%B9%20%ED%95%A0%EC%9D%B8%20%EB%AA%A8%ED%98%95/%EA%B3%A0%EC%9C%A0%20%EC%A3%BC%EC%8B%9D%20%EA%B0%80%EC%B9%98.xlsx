--- v0 (2025-10-23)
+++ v1 (2026-02-08)
@@ -32,51 +32,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
   <si>
     <t>유료 사용자 영역. 데이터를 사용할 수 없습니다!</t>
   </si>
   <si>
     <t>SLB N.V.</t>
   </si>
   <si>
     <t>주당배당금(DPS) 예측</t>
   </si>
   <si>
     <t>년</t>
   </si>
   <si>
     <t>값</t>
   </si>
   <si>
     <t>DPS(t) 또는 TV(t)</t>
   </si>
   <si>
-    <t>현재 가치 20.36%</t>
+    <t>현재 가치 14.02%</t>
   </si>
   <si>
     <t>DPS(0)</t>
   </si>
   <si>
     <t>DPS(1)</t>
   </si>
   <si>
     <t>DPS(2)</t>
   </si>
   <si>
     <t>DPS(3)</t>
   </si>
   <si>
     <t>DPS(4)</t>
   </si>
   <si>
     <t>DPS(5)</t>
   </si>
   <si>
     <t>TV(5)</t>
   </si>
   <si>
     <t>보통주의 내재가치(주당 SLB N.V. )</t>
   </si>