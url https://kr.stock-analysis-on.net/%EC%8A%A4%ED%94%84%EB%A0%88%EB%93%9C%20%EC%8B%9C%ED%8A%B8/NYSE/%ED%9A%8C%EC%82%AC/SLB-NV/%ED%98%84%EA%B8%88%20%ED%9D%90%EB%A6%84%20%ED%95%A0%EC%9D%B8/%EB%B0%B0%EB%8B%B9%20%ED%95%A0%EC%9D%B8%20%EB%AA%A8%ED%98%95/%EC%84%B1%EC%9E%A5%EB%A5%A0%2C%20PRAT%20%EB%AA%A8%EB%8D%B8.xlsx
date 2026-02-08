--- v0 (2025-10-23)
+++ v1 (2026-02-08)
@@ -32,51 +32,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>유료 사용자 영역. 데이터를 사용할 수 없습니다!</t>
   </si>
   <si>
     <t>SLB N.V.</t>
   </si>
   <si>
     <t>PRAT 모델에 내재된 배당금 증가율(g)</t>
   </si>
   <si>
     <t>평균의</t>
   </si>
   <si>
     <t>선택한 재무 데이터 (US$ 단위: 백만 달러)</t>
   </si>
   <si>
     <t>배당금 선언</t>
   </si>
   <si>
-    <t>SLB에 귀속되는 순이익(손실)</t>
+    <t>SLB에 귀속되는 순이익</t>
   </si>
   <si>
     <t>수익</t>
   </si>
   <si>
     <t>총 자산</t>
   </si>
   <si>
     <t>SLB 주주 자본 합계</t>
   </si>
   <si>
     <t>재무비율</t>
   </si>
   <si>
     <t>유지율</t>
   </si>
   <si>
     <t>이익률(Profit margin ratio)</t>
   </si>
   <si>
     <t>자산의 회전율</t>
   </si>
   <si>
     <t>재무 레버리지 비율</t>
   </si>
@@ -567,63 +567,63 @@
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="4"/>
       <c r="B6" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C6" s="6">
+        <v>46022</v>
+      </c>
+      <c r="D6" s="6">
         <v>45657</v>
       </c>
-      <c r="D6" s="6">
+      <c r="E6" s="6">
         <v>45291</v>
       </c>
-      <c r="E6" s="6">
+      <c r="F6" s="6">
         <v>44926</v>
       </c>
-      <c r="F6" s="6">
+      <c r="G6" s="6">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:7" customHeight="1" ht="34.8">
       <c r="A7" s="7" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="8" t="s">
         <v>5</v>
       </c>
       <c r="C8" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G8" s="9" t="e">
         <v>#N/A</v>