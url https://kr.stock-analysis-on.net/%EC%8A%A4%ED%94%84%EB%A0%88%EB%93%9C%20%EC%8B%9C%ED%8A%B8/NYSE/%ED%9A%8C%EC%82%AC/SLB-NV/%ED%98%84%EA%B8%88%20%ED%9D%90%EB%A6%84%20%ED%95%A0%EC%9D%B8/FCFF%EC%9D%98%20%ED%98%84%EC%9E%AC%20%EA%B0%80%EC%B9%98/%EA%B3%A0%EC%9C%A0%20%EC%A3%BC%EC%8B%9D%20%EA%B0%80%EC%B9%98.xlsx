--- v0 (2025-10-23)
+++ v1 (2026-02-08)
@@ -35,51 +35,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>유료 사용자 영역. 데이터를 사용할 수 없습니다!</t>
   </si>
   <si>
     <t>SLB N.V.</t>
   </si>
   <si>
     <t>기업에 대한 잉여 현금 흐름(FCFF) 예측</t>
   </si>
   <si>
     <t>미화 백만 달러(주당 데이터 제외)</t>
   </si>
   <si>
     <t>년</t>
   </si>
   <si>
     <t>값</t>
   </si>
   <si>
     <t>FCFF(t) 또는 TV(t)</t>
   </si>
   <si>
-    <t>현재 가치 17.13%</t>
+    <t>현재 가치 12.53%</t>
   </si>
   <si>
     <t>FCFF(0)</t>
   </si>
   <si>
     <t>FCFF(1)</t>
   </si>
   <si>
     <t>FCFF(2)</t>
   </si>
   <si>
     <t>FCFF(3)</t>
   </si>
   <si>
     <t>FCFF(4)</t>
   </si>
   <si>
     <t>FCFF(5)</t>
   </si>
   <si>
     <t>TV(5)</t>
   </si>
   <si>
     <t>SLB N.V. 자본의 내재가치</t>
   </si>