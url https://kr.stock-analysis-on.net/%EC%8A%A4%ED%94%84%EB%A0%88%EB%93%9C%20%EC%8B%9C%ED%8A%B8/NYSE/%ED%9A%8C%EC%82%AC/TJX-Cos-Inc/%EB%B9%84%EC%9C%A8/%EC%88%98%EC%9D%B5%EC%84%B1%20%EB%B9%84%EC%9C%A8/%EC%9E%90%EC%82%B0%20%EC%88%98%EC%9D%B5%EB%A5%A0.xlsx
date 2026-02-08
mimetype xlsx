--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -666,66 +666,66 @@
       <c r="E9" s="9">
         <v>0.1153</v>
       </c>
       <c r="F9" s="9">
         <v>0.0029</v>
       </c>
       <c r="G9" s="9">
         <v>0.1355</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="34.8">
       <c r="A10" s="5" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="28.8">
       <c r="A11" s="10" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B12" s="12">
-        <v>0.0</v>
+        <v>0.0949</v>
       </c>
       <c r="C12" s="12">
         <v>0.0948</v>
       </c>
       <c r="D12" s="12">
         <v>0.0576</v>
       </c>
       <c r="E12" s="12">
         <v>-0.0059</v>
       </c>
       <c r="F12" s="12">
         <v>0.0793</v>
       </c>
       <c r="G12" s="12">
-        <v>0.0664</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B13" s="12">
         <v>0.154</v>
       </c>
       <c r="C13" s="12">
         <v>0.1979</v>
       </c>
       <c r="D13" s="12">
         <v>0.2238</v>
       </c>
       <c r="E13" s="12">
         <v>0.2286</v>
       </c>
       <c r="F13" s="12">
         <v>0.1823</v>
       </c>
       <c r="G13" s="12">
         <v>0.2194</v>
       </c>
     </row>