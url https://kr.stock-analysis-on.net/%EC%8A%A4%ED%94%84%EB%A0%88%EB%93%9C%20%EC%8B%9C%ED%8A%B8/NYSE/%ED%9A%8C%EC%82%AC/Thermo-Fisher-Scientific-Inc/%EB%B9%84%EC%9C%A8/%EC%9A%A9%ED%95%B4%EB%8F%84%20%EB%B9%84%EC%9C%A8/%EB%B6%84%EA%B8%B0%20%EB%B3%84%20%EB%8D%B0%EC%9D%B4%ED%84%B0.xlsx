--- v0 (2026-02-08)
+++ v1 (2026-02-08)
@@ -2111,60 +2111,60 @@
       <c r="I25" s="8">
         <v>0.1</v>
       </c>
       <c r="J25" s="8">
         <v>0.11</v>
       </c>
       <c r="K25" s="8">
         <v>0.11</v>
       </c>
       <c r="L25" s="8">
         <v>0.11</v>
       </c>
       <c r="M25" s="8">
         <v>0.12</v>
       </c>
       <c r="N25" s="8">
         <v>0.13</v>
       </c>
       <c r="O25" s="8">
         <v>0.13</v>
       </c>
       <c r="P25" s="8">
         <v>0.14</v>
       </c>
       <c r="Q25" s="8">
-        <v>0.14</v>
+        <v>0.0</v>
       </c>
       <c r="R25" s="8">
-        <v>0.16</v>
+        <v>0.0</v>
       </c>
       <c r="S25" s="8">
-        <v>0.18</v>
+        <v>0.0</v>
       </c>
       <c r="T25" s="8">
-        <v>0.23</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="26" spans="1:20">
       <c r="A26" s="15" t="s">
         <v>28</v>
       </c>
       <c r="B26" s="8">
         <v>0.0</v>
       </c>
       <c r="C26" s="8">
         <v>0.0</v>
       </c>
       <c r="D26" s="8">
         <v>0.0</v>
       </c>
       <c r="E26" s="8">
         <v>0.0</v>
       </c>
       <c r="F26" s="8">
         <v>0.0</v>
       </c>
       <c r="G26" s="8">
         <v>0.0</v>
       </c>
       <c r="H26" s="8">
@@ -3307,60 +3307,60 @@
       <c r="I25" s="8">
         <v>0.09</v>
       </c>
       <c r="J25" s="8">
         <v>0.1</v>
       </c>
       <c r="K25" s="8">
         <v>0.1</v>
       </c>
       <c r="L25" s="8">
         <v>0.1</v>
       </c>
       <c r="M25" s="8">
         <v>0.11</v>
       </c>
       <c r="N25" s="8">
         <v>0.11</v>
       </c>
       <c r="O25" s="8">
         <v>0.12</v>
       </c>
       <c r="P25" s="8">
         <v>0.12</v>
       </c>
       <c r="Q25" s="8">
-        <v>0.13</v>
+        <v>0.0</v>
       </c>
       <c r="R25" s="8">
-        <v>0.14</v>
+        <v>0.0</v>
       </c>
       <c r="S25" s="8">
-        <v>0.15</v>
+        <v>0.0</v>
       </c>
       <c r="T25" s="8">
-        <v>0.18</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="26" spans="1:20">
       <c r="A26" s="15" t="s">
         <v>28</v>
       </c>
       <c r="B26" s="8">
         <v>0.0</v>
       </c>
       <c r="C26" s="8">
         <v>0.0</v>
       </c>
       <c r="D26" s="8">
         <v>0.0</v>
       </c>
       <c r="E26" s="8">
         <v>0.0</v>
       </c>
       <c r="F26" s="8">
         <v>0.0</v>
       </c>
       <c r="G26" s="8">
         <v>0.0</v>
       </c>
       <c r="H26" s="8">
@@ -4441,60 +4441,60 @@
       <c r="I25" s="8">
         <v>0.08</v>
       </c>
       <c r="J25" s="8">
         <v>0.08</v>
       </c>
       <c r="K25" s="8">
         <v>0.09</v>
       </c>
       <c r="L25" s="8">
         <v>0.09</v>
       </c>
       <c r="M25" s="8">
         <v>0.09</v>
       </c>
       <c r="N25" s="8">
         <v>0.1</v>
       </c>
       <c r="O25" s="8">
         <v>0.1</v>
       </c>
       <c r="P25" s="8">
         <v>0.1</v>
       </c>
       <c r="Q25" s="8">
-        <v>0.11</v>
+        <v>0.0</v>
       </c>
       <c r="R25" s="8">
-        <v>0.11</v>
+        <v>0.0</v>
       </c>
       <c r="S25" s="8">
-        <v>0.13</v>
+        <v>0.0</v>
       </c>
       <c r="T25" s="8">
-        <v>0.15</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="26" spans="1:20">
       <c r="A26" s="15" t="s">
         <v>28</v>
       </c>
       <c r="B26" s="8">
         <v>0.0</v>
       </c>
       <c r="C26" s="8">
         <v>0.0</v>
       </c>
       <c r="D26" s="8">
         <v>0.0</v>
       </c>
       <c r="E26" s="8">
         <v>0.0</v>
       </c>
       <c r="F26" s="8">
         <v>0.0</v>
       </c>
       <c r="G26" s="8">
         <v>0.0</v>
       </c>
       <c r="H26" s="8">
@@ -5451,60 +5451,60 @@
       <c r="I22" s="8">
         <v>1.27</v>
       </c>
       <c r="J22" s="8">
         <v>1.29</v>
       </c>
       <c r="K22" s="8">
         <v>1.28</v>
       </c>
       <c r="L22" s="8">
         <v>1.28</v>
       </c>
       <c r="M22" s="8">
         <v>1.29</v>
       </c>
       <c r="N22" s="8">
         <v>1.29</v>
       </c>
       <c r="O22" s="8">
         <v>1.32</v>
       </c>
       <c r="P22" s="8">
         <v>1.32</v>
       </c>
       <c r="Q22" s="8">
-        <v>1.36</v>
+        <v>0.0</v>
       </c>
       <c r="R22" s="8">
-        <v>1.37</v>
+        <v>0.0</v>
       </c>
       <c r="S22" s="8">
-        <v>1.42</v>
+        <v>0.0</v>
       </c>
       <c r="T22" s="8">
-        <v>1.48</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="23" spans="1:20">
       <c r="A23" s="15" t="s">
         <v>28</v>
       </c>
       <c r="B23" s="8">
         <v>1.44</v>
       </c>
       <c r="C23" s="8">
         <v>1.4</v>
       </c>
       <c r="D23" s="8">
         <v>1.39</v>
       </c>
       <c r="E23" s="8">
         <v>1.37</v>
       </c>
       <c r="F23" s="8">
         <v>1.42</v>
       </c>
       <c r="G23" s="8">
         <v>1.36</v>
       </c>
       <c r="H23" s="8">
@@ -6337,60 +6337,60 @@
       <c r="I20" s="8">
         <v>58.52</v>
       </c>
       <c r="J20" s="8">
         <v>61.7</v>
       </c>
       <c r="K20" s="8">
         <v>69.61</v>
       </c>
       <c r="L20" s="8">
         <v>73.97</v>
       </c>
       <c r="M20" s="8">
         <v>82.8</v>
       </c>
       <c r="N20" s="8">
         <v>108.62</v>
       </c>
       <c r="O20" s="8">
         <v>116.34999999999999</v>
       </c>
       <c r="P20" s="8">
         <v>163.24000000000001</v>
       </c>
       <c r="Q20" s="8">
-        <v>163.75</v>
+        <v>0.0</v>
       </c>
       <c r="R20" s="8">
-        <v>139.74000000000001</v>
+        <v>0.0</v>
       </c>
       <c r="S20" s="8">
-        <v>104.12</v>
+        <v>0.0</v>
       </c>
       <c r="T20" s="8">
-        <v>68.2</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:20">
       <c r="A21" s="15" t="s">
         <v>28</v>
       </c>
       <c r="B21" s="8">
         <v>348.55000000000001</v>
       </c>
       <c r="C21" s="8">
         <v>258.29000000000002</v>
       </c>
       <c r="D21" s="8">
         <v>-11.94</v>
       </c>
       <c r="E21" s="8">
         <v>9.12</v>
       </c>
       <c r="F21" s="8">
         <v>7.76</v>
       </c>
       <c r="G21" s="8">
         <v>6.14</v>
       </c>
       <c r="H21" s="8">