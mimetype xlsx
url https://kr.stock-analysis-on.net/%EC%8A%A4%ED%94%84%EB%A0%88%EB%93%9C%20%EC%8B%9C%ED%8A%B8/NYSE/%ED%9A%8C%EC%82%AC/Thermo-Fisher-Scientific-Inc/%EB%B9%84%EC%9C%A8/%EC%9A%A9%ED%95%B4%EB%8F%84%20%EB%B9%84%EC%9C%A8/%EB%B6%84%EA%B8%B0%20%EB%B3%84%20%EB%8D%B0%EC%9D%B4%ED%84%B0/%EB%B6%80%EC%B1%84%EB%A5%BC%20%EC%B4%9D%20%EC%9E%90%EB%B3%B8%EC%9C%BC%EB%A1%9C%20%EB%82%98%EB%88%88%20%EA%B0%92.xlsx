--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1653,60 +1653,60 @@
       <c r="I25" s="15">
         <v>0.09</v>
       </c>
       <c r="J25" s="15">
         <v>0.1</v>
       </c>
       <c r="K25" s="15">
         <v>0.1</v>
       </c>
       <c r="L25" s="15">
         <v>0.1</v>
       </c>
       <c r="M25" s="15">
         <v>0.11</v>
       </c>
       <c r="N25" s="15">
         <v>0.11</v>
       </c>
       <c r="O25" s="15">
         <v>0.12</v>
       </c>
       <c r="P25" s="15">
         <v>0.12</v>
       </c>
       <c r="Q25" s="15">
-        <v>0.13</v>
+        <v>0.0</v>
       </c>
       <c r="R25" s="15">
-        <v>0.14</v>
+        <v>0.0</v>
       </c>
       <c r="S25" s="15">
-        <v>0.15</v>
+        <v>0.0</v>
       </c>
       <c r="T25" s="15">
-        <v>0.18</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="26" spans="1:20">
       <c r="A26" s="14" t="s">
         <v>22</v>
       </c>
       <c r="B26" s="15">
         <v>0.0</v>
       </c>
       <c r="C26" s="15">
         <v>0.0</v>
       </c>
       <c r="D26" s="15">
         <v>0.0</v>
       </c>
       <c r="E26" s="15">
         <v>0.0</v>
       </c>
       <c r="F26" s="15">
         <v>0.0</v>
       </c>
       <c r="G26" s="15">
         <v>0.0</v>
       </c>
       <c r="H26" s="15">