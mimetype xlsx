--- v0 (2026-02-08)
+++ v1 (2026-02-08)
@@ -1089,51 +1089,51 @@
       </c>
       <c r="E20" s="6">
         <v>5.52</v>
       </c>
       <c r="F20" s="6">
         <v>3.07</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="14" t="s">
         <v>22</v>
       </c>
       <c r="B21" s="6">
         <v>3.09</v>
       </c>
       <c r="C21" s="6">
         <v>3.16</v>
       </c>
       <c r="D21" s="6">
         <v>3.23</v>
       </c>
       <c r="E21" s="6">
         <v>4.62</v>
       </c>
       <c r="F21" s="6">
-        <v>2.64</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="14" t="s">
         <v>23</v>
       </c>
       <c r="B22" s="6">
         <v>8.98</v>
       </c>
       <c r="C22" s="6">
         <v>8.51</v>
       </c>
       <c r="D22" s="6">
         <v>8.06</v>
       </c>
       <c r="E22" s="6">
         <v>6.92</v>
       </c>
       <c r="F22" s="6">
         <v>6.47</v>
       </c>
     </row>
     <row r="23" spans="1:6" customHeight="1" ht="28.8">
       <c r="A23" s="13" t="s">
         <v>24</v>
@@ -1540,51 +1540,51 @@
       </c>
       <c r="E23" s="6">
         <v>4.64</v>
       </c>
       <c r="F23" s="6">
         <v>2.79</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="14" t="s">
         <v>22</v>
       </c>
       <c r="B24" s="6">
         <v>2.95</v>
       </c>
       <c r="C24" s="6">
         <v>3.11</v>
       </c>
       <c r="D24" s="6">
         <v>3.17</v>
       </c>
       <c r="E24" s="6">
         <v>4.52</v>
       </c>
       <c r="F24" s="6">
-        <v>2.58</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="14" t="s">
         <v>23</v>
       </c>
       <c r="B25" s="6">
         <v>4.26</v>
       </c>
       <c r="C25" s="6">
         <v>6.79</v>
       </c>
       <c r="D25" s="6">
         <v>6.13</v>
       </c>
       <c r="E25" s="6">
         <v>5.32</v>
       </c>
       <c r="F25" s="6">
         <v>4.83</v>
       </c>
     </row>
     <row r="26" spans="1:6" customHeight="1" ht="28.8">
       <c r="A26" s="13" t="s">
         <v>31</v>
@@ -1951,51 +1951,51 @@
       </c>
       <c r="E20" s="6">
         <v>0.45</v>
       </c>
       <c r="F20" s="6">
         <v>0.28</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="14" t="s">
         <v>22</v>
       </c>
       <c r="B21" s="6">
         <v>0.38</v>
       </c>
       <c r="C21" s="6">
         <v>0.4</v>
       </c>
       <c r="D21" s="6">
         <v>0.42</v>
       </c>
       <c r="E21" s="6">
         <v>0.63</v>
       </c>
       <c r="F21" s="6">
-        <v>0.5</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="14" t="s">
         <v>23</v>
       </c>
       <c r="B22" s="6">
         <v>0.49</v>
       </c>
       <c r="C22" s="6">
         <v>0.43</v>
       </c>
       <c r="D22" s="6">
         <v>0.49</v>
       </c>
       <c r="E22" s="6">
         <v>0.56</v>
       </c>
       <c r="F22" s="6">
         <v>0.53</v>
       </c>
     </row>
     <row r="23" spans="1:6" customHeight="1" ht="28.8">
       <c r="A23" s="13" t="s">
         <v>35</v>
@@ -2362,51 +2362,51 @@
       </c>
       <c r="E20" s="6">
         <v>1.06</v>
       </c>
       <c r="F20" s="6">
         <v>0.67</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="14" t="s">
         <v>22</v>
       </c>
       <c r="B21" s="6">
         <v>0.48</v>
       </c>
       <c r="C21" s="6">
         <v>0.51</v>
       </c>
       <c r="D21" s="6">
         <v>0.54</v>
       </c>
       <c r="E21" s="6">
         <v>0.86</v>
       </c>
       <c r="F21" s="6">
-        <v>0.77</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="14" t="s">
         <v>23</v>
       </c>
       <c r="B22" s="6">
         <v>0.67</v>
       </c>
       <c r="C22" s="6">
         <v>0.56</v>
       </c>
       <c r="D22" s="6">
         <v>0.64</v>
       </c>
       <c r="E22" s="6">
         <v>0.75</v>
       </c>
       <c r="F22" s="6">
         <v>0.71</v>
       </c>
     </row>
     <row r="23" spans="1:6" customHeight="1" ht="28.8">
       <c r="A23" s="13" t="s">
         <v>39</v>