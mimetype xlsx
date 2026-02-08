--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -935,60 +935,60 @@
       <c r="I14" s="13">
         <v>0.3765</v>
       </c>
       <c r="J14" s="13">
         <v>0.3764</v>
       </c>
       <c r="K14" s="13">
         <v>0.3853</v>
       </c>
       <c r="L14" s="13">
         <v>0.3922</v>
       </c>
       <c r="M14" s="13">
         <v>0.3987</v>
       </c>
       <c r="N14" s="13">
         <v>0.4071</v>
       </c>
       <c r="O14" s="13">
         <v>0.4159</v>
       </c>
       <c r="P14" s="13">
         <v>0.429</v>
       </c>
       <c r="Q14" s="13">
-        <v>0.4283</v>
+        <v>0.0</v>
       </c>
       <c r="R14" s="13">
-        <v>0.4198</v>
+        <v>0.0</v>
       </c>
       <c r="S14" s="13">
-        <v>0.4135</v>
+        <v>0.0</v>
       </c>
       <c r="T14" s="13">
-        <v>0.398</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:20">
       <c r="A15" s="12" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="13">
         <v>0.0827</v>
       </c>
       <c r="C15" s="13">
         <v>0.0862</v>
       </c>
       <c r="D15" s="13">
         <v>0.0971</v>
       </c>
       <c r="E15" s="13">
         <v>0.0893</v>
       </c>
       <c r="F15" s="13">
         <v>0.082</v>
       </c>
       <c r="G15" s="13">
         <v>0.0856</v>
       </c>
       <c r="H15" s="13">