--- v0 (2026-02-08)
+++ v1 (2026-02-08)
@@ -35,54 +35,54 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="28">
   <si>
     <t>유료 사용자 영역. 데이터를 사용할 수 없습니다!</t>
   </si>
   <si>
     <t>Union Pacific Corp.</t>
   </si>
   <si>
     <t>연결대차대조표의 구조: 부채와 주주자본</t>
   </si>
   <si>
     <t>미지급금</t>
   </si>
   <si>
     <t>보상 관련 적립</t>
   </si>
   <si>
     <t>소득세 및 기타 납부세</t>
   </si>
   <si>
     <t>미지급 이자</t>
   </si>
   <si>
+    <t>누적된 사상자 비용</t>
+  </si>
+  <si>
     <t>현재 운용리스 부채</t>
-  </si>
-[...1 lines deleted...]
-    <t>누적된 사상자 비용</t>
   </si>
   <si>
     <t>장비 임대료 지불</t>
   </si>
   <si>
     <t>다른</t>
   </si>
   <si>
     <t>미지급금 및 기타 유동 부채</t>
   </si>
   <si>
     <t>1년 이내에 만기가 도래하는 부채</t>
   </si>
   <si>
     <t>유동부채</t>
   </si>
   <si>
     <t>1년 후 만기 부채</t>
   </si>
   <si>
     <t>비유동 운용리스 부채</t>
   </si>
   <si>
     <t>이연 소득세</t>
   </si>
@@ -583,63 +583,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E7" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F7" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>4</v>