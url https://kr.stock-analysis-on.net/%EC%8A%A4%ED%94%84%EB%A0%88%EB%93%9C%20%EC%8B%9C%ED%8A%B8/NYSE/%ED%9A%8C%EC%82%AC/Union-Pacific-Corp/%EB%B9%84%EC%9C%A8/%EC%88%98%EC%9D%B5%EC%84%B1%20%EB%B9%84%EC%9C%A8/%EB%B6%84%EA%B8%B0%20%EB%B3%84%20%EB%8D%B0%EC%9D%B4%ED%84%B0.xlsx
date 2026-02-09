--- v0 (2026-02-08)
+++ v1 (2026-02-09)
@@ -607,147 +607,138 @@
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T14"/>
+  <dimension ref="A1:Q14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="T14" sqref="T14"/>
+      <selection activeCell="Q14" sqref="Q14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20">
+    <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:20">
+    <row r="3" spans="1:17">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:20">
+    <row r="4" spans="1:17">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="5" spans="1:20">
+    <row r="5" spans="1:17">
       <c r="A5" s="4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:20">
+    <row r="7" spans="1:17">
       <c r="A7" s="5"/>
       <c r="B7" s="6">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="6">
         <v>45930</v>
       </c>
-      <c r="C7" s="6">
+      <c r="D7" s="6">
         <v>45838</v>
       </c>
-      <c r="D7" s="6">
+      <c r="E7" s="6">
         <v>45747</v>
       </c>
-      <c r="E7" s="6">
+      <c r="F7" s="6">
         <v>45657</v>
       </c>
-      <c r="F7" s="6">
+      <c r="G7" s="6">
         <v>45565</v>
       </c>
-      <c r="G7" s="6">
+      <c r="H7" s="6">
         <v>45473</v>
       </c>
-      <c r="H7" s="6">
+      <c r="I7" s="6">
         <v>45382</v>
       </c>
-      <c r="I7" s="6">
+      <c r="J7" s="6">
         <v>45291</v>
       </c>
-      <c r="J7" s="6">
+      <c r="K7" s="6">
         <v>45199</v>
       </c>
-      <c r="K7" s="6">
+      <c r="L7" s="6">
         <v>45107</v>
       </c>
-      <c r="L7" s="6">
+      <c r="M7" s="6">
         <v>45016</v>
       </c>
-      <c r="M7" s="6">
+      <c r="N7" s="6">
         <v>44926</v>
       </c>
-      <c r="N7" s="6">
+      <c r="O7" s="6">
         <v>44834</v>
       </c>
-      <c r="O7" s="6">
+      <c r="P7" s="6">
         <v>44742</v>
       </c>
-      <c r="P7" s="6">
+      <c r="Q7" s="6">
         <v>44651</v>
       </c>
-      <c r="Q7" s="6">
-[...12 lines deleted...]
-    <row r="8" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="8" spans="1:17" customHeight="1" ht="34.8">
       <c r="A8" s="7" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="9" spans="1:20">
+    <row r="9" spans="1:17">
       <c r="A9" s="8" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I9" s="9" t="e">
@@ -755,61 +746,52 @@
       </c>
       <c r="J9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P9" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q9" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R9" s="9" t="e">
-[...9 lines deleted...]
-    <row r="10" spans="1:20">
+    </row>
+    <row r="10" spans="1:17">
       <c r="A10" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B10" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C10" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E10" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G10" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H10" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I10" s="9" t="e">
@@ -817,66 +799,57 @@
       </c>
       <c r="J10" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K10" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L10" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M10" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N10" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O10" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P10" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q10" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R10" s="9" t="e">
-[...9 lines deleted...]
-    <row r="11" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="11" spans="1:17" customHeight="1" ht="34.8">
       <c r="A11" s="7" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="12" spans="1:20">
+    <row r="12" spans="1:17">
       <c r="A12" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B12" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C12" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D12" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E12" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F12" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G12" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H12" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I12" s="9" t="e">
@@ -884,61 +857,52 @@
       </c>
       <c r="J12" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K12" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L12" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M12" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N12" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O12" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P12" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q12" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R12" s="9" t="e">
-[...9 lines deleted...]
-    <row r="13" spans="1:20">
+    </row>
+    <row r="13" spans="1:17">
       <c r="A13" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B13" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C13" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D13" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E13" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F13" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G13" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H13" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I13" s="9" t="e">
@@ -946,193 +910,172 @@
       </c>
       <c r="J13" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K13" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L13" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M13" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N13" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O13" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P13" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q13" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R13" s="9" t="e">
-[...9 lines deleted...]
-    <row r="14" spans="1:20">
+    </row>
+    <row r="14" spans="1:17">
       <c r="A14" s="10" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="10"/>
       <c r="C14" s="10"/>
       <c r="D14" s="10"/>
       <c r="E14" s="10"/>
       <c r="F14" s="10"/>
       <c r="G14" s="10"/>
       <c r="H14" s="10"/>
       <c r="I14" s="10"/>
       <c r="J14" s="10"/>
       <c r="K14" s="10"/>
       <c r="L14" s="10"/>
       <c r="M14" s="10"/>
       <c r="N14" s="10"/>
       <c r="O14" s="10"/>
       <c r="P14" s="10"/>
       <c r="Q14" s="10"/>
-      <c r="R14" s="10"/>
-[...1 lines deleted...]
-      <c r="T14" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T19"/>
+  <dimension ref="A1:Q19"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="T19" sqref="T19"/>
+      <selection activeCell="Q19" sqref="Q19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20">
+    <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:20">
+    <row r="3" spans="1:17">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:20">
+    <row r="4" spans="1:17">
       <c r="A4" s="3" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="5" spans="1:20">
+    <row r="5" spans="1:17">
       <c r="A5" s="4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:20">
+    <row r="7" spans="1:17">
       <c r="A7" s="5"/>
       <c r="B7" s="6">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="6">
         <v>45930</v>
       </c>
-      <c r="C7" s="6">
+      <c r="D7" s="6">
         <v>45838</v>
       </c>
-      <c r="D7" s="6">
+      <c r="E7" s="6">
         <v>45747</v>
       </c>
-      <c r="E7" s="6">
+      <c r="F7" s="6">
         <v>45657</v>
       </c>
-      <c r="F7" s="6">
+      <c r="G7" s="6">
         <v>45565</v>
       </c>
-      <c r="G7" s="6">
+      <c r="H7" s="6">
         <v>45473</v>
       </c>
-      <c r="H7" s="6">
+      <c r="I7" s="6">
         <v>45382</v>
       </c>
-      <c r="I7" s="6">
+      <c r="J7" s="6">
         <v>45291</v>
       </c>
-      <c r="J7" s="6">
+      <c r="K7" s="6">
         <v>45199</v>
       </c>
-      <c r="K7" s="6">
+      <c r="L7" s="6">
         <v>45107</v>
       </c>
-      <c r="L7" s="6">
+      <c r="M7" s="6">
         <v>45016</v>
       </c>
-      <c r="M7" s="6">
+      <c r="N7" s="6">
         <v>44926</v>
       </c>
-      <c r="N7" s="6">
+      <c r="O7" s="6">
         <v>44834</v>
       </c>
-      <c r="O7" s="6">
+      <c r="P7" s="6">
         <v>44742</v>
       </c>
-      <c r="P7" s="6">
+      <c r="Q7" s="6">
         <v>44651</v>
       </c>
-      <c r="Q7" s="6">
-[...12 lines deleted...]
-    <row r="8" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="8" spans="1:17" customHeight="1" ht="34.8">
       <c r="A8" s="7" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="9" spans="1:20">
+    <row r="9" spans="1:17">
       <c r="A9" s="8" t="s">
         <v>12</v>
       </c>
       <c r="B9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="G9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="H9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="I9" s="11" t="e">
@@ -1140,61 +1083,52 @@
       </c>
       <c r="J9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="K9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="L9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="M9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="N9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="O9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="P9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q9" s="11" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R9" s="11" t="e">
-[...9 lines deleted...]
-    <row r="10" spans="1:20">
+    </row>
+    <row r="10" spans="1:17">
       <c r="A10" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="C10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="E10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="G10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="H10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="I10" s="11" t="e">
@@ -1202,66 +1136,57 @@
       </c>
       <c r="J10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="K10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="L10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="M10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="N10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="O10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="P10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q10" s="11" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R10" s="11" t="e">
-[...9 lines deleted...]
-    <row r="11" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="11" spans="1:17" customHeight="1" ht="34.8">
       <c r="A11" s="7" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="12" spans="1:20">
+    <row r="12" spans="1:17">
       <c r="A12" s="12" t="s">
         <v>5</v>
       </c>
       <c r="B12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="C12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="D12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="E12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="F12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="G12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="H12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="I12" s="13" t="e">
@@ -1269,71 +1194,62 @@
       </c>
       <c r="J12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="K12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="L12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="M12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="N12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="O12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="P12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q12" s="13" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R12" s="13" t="e">
-[...9 lines deleted...]
-    <row r="13" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="13" spans="1:17" customHeight="1" ht="34.8">
       <c r="A13" s="7" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="14" spans="1:20" customHeight="1" ht="28.8">
+    <row r="14" spans="1:17" customHeight="1" ht="28.8">
       <c r="A14" s="14" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="15" spans="1:20">
+    <row r="15" spans="1:17">
       <c r="A15" s="15" t="s">
         <v>16</v>
       </c>
       <c r="B15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I15" s="9" t="e">
@@ -1341,61 +1257,52 @@
       </c>
       <c r="J15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q15" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R15" s="9" t="e">
-[...9 lines deleted...]
-    <row r="16" spans="1:20">
+    </row>
+    <row r="16" spans="1:17">
       <c r="A16" s="15" t="s">
         <v>17</v>
       </c>
       <c r="B16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I16" s="9" t="e">
@@ -1403,61 +1310,52 @@
       </c>
       <c r="J16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q16" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R16" s="9" t="e">
-[...9 lines deleted...]
-    <row r="17" spans="1:20">
+    </row>
+    <row r="17" spans="1:17">
       <c r="A17" s="15" t="s">
         <v>18</v>
       </c>
       <c r="B17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I17" s="9" t="e">
@@ -1465,61 +1363,52 @@
       </c>
       <c r="J17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q17" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R17" s="9" t="e">
-[...9 lines deleted...]
-    <row r="18" spans="1:20">
+    </row>
+    <row r="18" spans="1:17">
       <c r="A18" s="15" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I18" s="9" t="e">
@@ -1527,193 +1416,172 @@
       </c>
       <c r="J18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q18" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R18" s="9" t="e">
-[...9 lines deleted...]
-    <row r="19" spans="1:20">
+    </row>
+    <row r="19" spans="1:17">
       <c r="A19" s="10" t="s">
         <v>10</v>
       </c>
       <c r="B19" s="10"/>
       <c r="C19" s="10"/>
       <c r="D19" s="10"/>
       <c r="E19" s="10"/>
       <c r="F19" s="10"/>
       <c r="G19" s="10"/>
       <c r="H19" s="10"/>
       <c r="I19" s="10"/>
       <c r="J19" s="10"/>
       <c r="K19" s="10"/>
       <c r="L19" s="10"/>
       <c r="M19" s="10"/>
       <c r="N19" s="10"/>
       <c r="O19" s="10"/>
       <c r="P19" s="10"/>
       <c r="Q19" s="10"/>
-      <c r="R19" s="10"/>
-[...1 lines deleted...]
-      <c r="T19" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T19"/>
+  <dimension ref="A1:Q19"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="T19" sqref="T19"/>
+      <selection activeCell="Q19" sqref="Q19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20">
+    <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:20">
+    <row r="3" spans="1:17">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:20">
+    <row r="4" spans="1:17">
       <c r="A4" s="3" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="5" spans="1:20">
+    <row r="5" spans="1:17">
       <c r="A5" s="4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:20">
+    <row r="7" spans="1:17">
       <c r="A7" s="5"/>
       <c r="B7" s="6">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="6">
         <v>45930</v>
       </c>
-      <c r="C7" s="6">
+      <c r="D7" s="6">
         <v>45838</v>
       </c>
-      <c r="D7" s="6">
+      <c r="E7" s="6">
         <v>45747</v>
       </c>
-      <c r="E7" s="6">
+      <c r="F7" s="6">
         <v>45657</v>
       </c>
-      <c r="F7" s="6">
+      <c r="G7" s="6">
         <v>45565</v>
       </c>
-      <c r="G7" s="6">
+      <c r="H7" s="6">
         <v>45473</v>
       </c>
-      <c r="H7" s="6">
+      <c r="I7" s="6">
         <v>45382</v>
       </c>
-      <c r="I7" s="6">
+      <c r="J7" s="6">
         <v>45291</v>
       </c>
-      <c r="J7" s="6">
+      <c r="K7" s="6">
         <v>45199</v>
       </c>
-      <c r="K7" s="6">
+      <c r="L7" s="6">
         <v>45107</v>
       </c>
-      <c r="L7" s="6">
+      <c r="M7" s="6">
         <v>45016</v>
       </c>
-      <c r="M7" s="6">
+      <c r="N7" s="6">
         <v>44926</v>
       </c>
-      <c r="N7" s="6">
+      <c r="O7" s="6">
         <v>44834</v>
       </c>
-      <c r="O7" s="6">
+      <c r="P7" s="6">
         <v>44742</v>
       </c>
-      <c r="P7" s="6">
+      <c r="Q7" s="6">
         <v>44651</v>
       </c>
-      <c r="Q7" s="6">
-[...12 lines deleted...]
-    <row r="8" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="8" spans="1:17" customHeight="1" ht="34.8">
       <c r="A8" s="7" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="9" spans="1:20">
+    <row r="9" spans="1:17">
       <c r="A9" s="8" t="s">
         <v>20</v>
       </c>
       <c r="B9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="G9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="H9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="I9" s="11" t="e">
@@ -1721,61 +1589,52 @@
       </c>
       <c r="J9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="K9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="L9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="M9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="N9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="O9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="P9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q9" s="11" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R9" s="11" t="e">
-[...9 lines deleted...]
-    <row r="10" spans="1:20">
+    </row>
+    <row r="10" spans="1:17">
       <c r="A10" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="C10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="E10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="G10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="H10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="I10" s="11" t="e">
@@ -1783,66 +1642,57 @@
       </c>
       <c r="J10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="K10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="L10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="M10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="N10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="O10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="P10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q10" s="11" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R10" s="11" t="e">
-[...9 lines deleted...]
-    <row r="11" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="11" spans="1:17" customHeight="1" ht="34.8">
       <c r="A11" s="7" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="12" spans="1:20">
+    <row r="12" spans="1:17">
       <c r="A12" s="12" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="C12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="D12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="E12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="F12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="G12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="H12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="I12" s="13" t="e">
@@ -1850,71 +1700,62 @@
       </c>
       <c r="J12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="K12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="L12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="M12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="N12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="O12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="P12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q12" s="13" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R12" s="13" t="e">
-[...9 lines deleted...]
-    <row r="13" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="13" spans="1:17" customHeight="1" ht="34.8">
       <c r="A13" s="7" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="14" spans="1:20" customHeight="1" ht="28.8">
+    <row r="14" spans="1:17" customHeight="1" ht="28.8">
       <c r="A14" s="14" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="15" spans="1:20">
+    <row r="15" spans="1:17">
       <c r="A15" s="15" t="s">
         <v>16</v>
       </c>
       <c r="B15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I15" s="9" t="e">
@@ -1922,61 +1763,52 @@
       </c>
       <c r="J15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q15" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R15" s="9" t="e">
-[...9 lines deleted...]
-    <row r="16" spans="1:20">
+    </row>
+    <row r="16" spans="1:17">
       <c r="A16" s="15" t="s">
         <v>17</v>
       </c>
       <c r="B16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I16" s="9" t="e">
@@ -1984,61 +1816,52 @@
       </c>
       <c r="J16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q16" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R16" s="9" t="e">
-[...9 lines deleted...]
-    <row r="17" spans="1:20">
+    </row>
+    <row r="17" spans="1:17">
       <c r="A17" s="15" t="s">
         <v>18</v>
       </c>
       <c r="B17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I17" s="9" t="e">
@@ -2046,61 +1869,52 @@
       </c>
       <c r="J17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q17" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R17" s="9" t="e">
-[...9 lines deleted...]
-    <row r="18" spans="1:20">
+    </row>
+    <row r="18" spans="1:17">
       <c r="A18" s="15" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I18" s="9" t="e">
@@ -2108,193 +1922,172 @@
       </c>
       <c r="J18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q18" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R18" s="9" t="e">
-[...9 lines deleted...]
-    <row r="19" spans="1:20">
+    </row>
+    <row r="19" spans="1:17">
       <c r="A19" s="10" t="s">
         <v>10</v>
       </c>
       <c r="B19" s="10"/>
       <c r="C19" s="10"/>
       <c r="D19" s="10"/>
       <c r="E19" s="10"/>
       <c r="F19" s="10"/>
       <c r="G19" s="10"/>
       <c r="H19" s="10"/>
       <c r="I19" s="10"/>
       <c r="J19" s="10"/>
       <c r="K19" s="10"/>
       <c r="L19" s="10"/>
       <c r="M19" s="10"/>
       <c r="N19" s="10"/>
       <c r="O19" s="10"/>
       <c r="P19" s="10"/>
       <c r="Q19" s="10"/>
-      <c r="R19" s="10"/>
-[...1 lines deleted...]
-      <c r="T19" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T19"/>
+  <dimension ref="A1:Q19"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="T19" sqref="T19"/>
+      <selection activeCell="Q19" sqref="Q19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20">
+    <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:20">
+    <row r="3" spans="1:17">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:20">
+    <row r="4" spans="1:17">
       <c r="A4" s="3" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="5" spans="1:20">
+    <row r="5" spans="1:17">
       <c r="A5" s="4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:20">
+    <row r="7" spans="1:17">
       <c r="A7" s="5"/>
       <c r="B7" s="6">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="6">
         <v>45930</v>
       </c>
-      <c r="C7" s="6">
+      <c r="D7" s="6">
         <v>45838</v>
       </c>
-      <c r="D7" s="6">
+      <c r="E7" s="6">
         <v>45747</v>
       </c>
-      <c r="E7" s="6">
+      <c r="F7" s="6">
         <v>45657</v>
       </c>
-      <c r="F7" s="6">
+      <c r="G7" s="6">
         <v>45565</v>
       </c>
-      <c r="G7" s="6">
+      <c r="H7" s="6">
         <v>45473</v>
       </c>
-      <c r="H7" s="6">
+      <c r="I7" s="6">
         <v>45382</v>
       </c>
-      <c r="I7" s="6">
+      <c r="J7" s="6">
         <v>45291</v>
       </c>
-      <c r="J7" s="6">
+      <c r="K7" s="6">
         <v>45199</v>
       </c>
-      <c r="K7" s="6">
+      <c r="L7" s="6">
         <v>45107</v>
       </c>
-      <c r="L7" s="6">
+      <c r="M7" s="6">
         <v>45016</v>
       </c>
-      <c r="M7" s="6">
+      <c r="N7" s="6">
         <v>44926</v>
       </c>
-      <c r="N7" s="6">
+      <c r="O7" s="6">
         <v>44834</v>
       </c>
-      <c r="O7" s="6">
+      <c r="P7" s="6">
         <v>44742</v>
       </c>
-      <c r="P7" s="6">
+      <c r="Q7" s="6">
         <v>44651</v>
       </c>
-      <c r="Q7" s="6">
-[...12 lines deleted...]
-    <row r="8" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="8" spans="1:17" customHeight="1" ht="34.8">
       <c r="A8" s="7" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="9" spans="1:20">
+    <row r="9" spans="1:17">
       <c r="A9" s="8" t="s">
         <v>20</v>
       </c>
       <c r="B9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="G9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="H9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="I9" s="11" t="e">
@@ -2302,61 +2095,52 @@
       </c>
       <c r="J9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="K9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="L9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="M9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="N9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="O9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="P9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q9" s="11" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R9" s="11" t="e">
-[...9 lines deleted...]
-    <row r="10" spans="1:20">
+    </row>
+    <row r="10" spans="1:17">
       <c r="A10" s="8" t="s">
         <v>22</v>
       </c>
       <c r="B10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="C10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="E10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="G10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="H10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="I10" s="11" t="e">
@@ -2364,66 +2148,57 @@
       </c>
       <c r="J10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="K10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="L10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="M10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="N10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="O10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="P10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q10" s="11" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R10" s="11" t="e">
-[...9 lines deleted...]
-    <row r="11" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="11" spans="1:17" customHeight="1" ht="34.8">
       <c r="A11" s="7" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="12" spans="1:20">
+    <row r="12" spans="1:17">
       <c r="A12" s="12" t="s">
         <v>23</v>
       </c>
       <c r="B12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="C12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="D12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="E12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="F12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="G12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="H12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="I12" s="13" t="e">
@@ -2431,71 +2206,62 @@
       </c>
       <c r="J12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="K12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="L12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="M12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="N12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="O12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="P12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q12" s="13" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R12" s="13" t="e">
-[...9 lines deleted...]
-    <row r="13" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="13" spans="1:17" customHeight="1" ht="34.8">
       <c r="A13" s="7" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="14" spans="1:20" customHeight="1" ht="28.8">
+    <row r="14" spans="1:17" customHeight="1" ht="28.8">
       <c r="A14" s="14" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="15" spans="1:20">
+    <row r="15" spans="1:17">
       <c r="A15" s="15" t="s">
         <v>16</v>
       </c>
       <c r="B15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I15" s="9" t="e">
@@ -2503,61 +2269,52 @@
       </c>
       <c r="J15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q15" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R15" s="9" t="e">
-[...9 lines deleted...]
-    <row r="16" spans="1:20">
+    </row>
+    <row r="16" spans="1:17">
       <c r="A16" s="15" t="s">
         <v>17</v>
       </c>
       <c r="B16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I16" s="9" t="e">
@@ -2565,61 +2322,52 @@
       </c>
       <c r="J16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q16" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R16" s="9" t="e">
-[...9 lines deleted...]
-    <row r="17" spans="1:20">
+    </row>
+    <row r="17" spans="1:17">
       <c r="A17" s="15" t="s">
         <v>18</v>
       </c>
       <c r="B17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I17" s="9" t="e">
@@ -2627,61 +2375,52 @@
       </c>
       <c r="J17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q17" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R17" s="9" t="e">
-[...9 lines deleted...]
-    <row r="18" spans="1:20">
+    </row>
+    <row r="18" spans="1:17">
       <c r="A18" s="15" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I18" s="9" t="e">
@@ -2689,193 +2428,172 @@
       </c>
       <c r="J18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q18" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R18" s="9" t="e">
-[...9 lines deleted...]
-    <row r="19" spans="1:20">
+    </row>
+    <row r="19" spans="1:17">
       <c r="A19" s="10" t="s">
         <v>10</v>
       </c>
       <c r="B19" s="10"/>
       <c r="C19" s="10"/>
       <c r="D19" s="10"/>
       <c r="E19" s="10"/>
       <c r="F19" s="10"/>
       <c r="G19" s="10"/>
       <c r="H19" s="10"/>
       <c r="I19" s="10"/>
       <c r="J19" s="10"/>
       <c r="K19" s="10"/>
       <c r="L19" s="10"/>
       <c r="M19" s="10"/>
       <c r="N19" s="10"/>
       <c r="O19" s="10"/>
       <c r="P19" s="10"/>
       <c r="Q19" s="10"/>
-      <c r="R19" s="10"/>
-[...1 lines deleted...]
-      <c r="T19" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T19"/>
+  <dimension ref="A1:Q19"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="T19" sqref="T19"/>
+      <selection activeCell="Q19" sqref="Q19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20">
+    <row r="1" spans="1:17">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:20">
+    <row r="3" spans="1:17">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:20">
+    <row r="4" spans="1:17">
       <c r="A4" s="3" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="5" spans="1:20">
+    <row r="5" spans="1:17">
       <c r="A5" s="4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="7" spans="1:20">
+    <row r="7" spans="1:17">
       <c r="A7" s="5"/>
       <c r="B7" s="6">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="6">
         <v>45930</v>
       </c>
-      <c r="C7" s="6">
+      <c r="D7" s="6">
         <v>45838</v>
       </c>
-      <c r="D7" s="6">
+      <c r="E7" s="6">
         <v>45747</v>
       </c>
-      <c r="E7" s="6">
+      <c r="F7" s="6">
         <v>45657</v>
       </c>
-      <c r="F7" s="6">
+      <c r="G7" s="6">
         <v>45565</v>
       </c>
-      <c r="G7" s="6">
+      <c r="H7" s="6">
         <v>45473</v>
       </c>
-      <c r="H7" s="6">
+      <c r="I7" s="6">
         <v>45382</v>
       </c>
-      <c r="I7" s="6">
+      <c r="J7" s="6">
         <v>45291</v>
       </c>
-      <c r="J7" s="6">
+      <c r="K7" s="6">
         <v>45199</v>
       </c>
-      <c r="K7" s="6">
+      <c r="L7" s="6">
         <v>45107</v>
       </c>
-      <c r="L7" s="6">
+      <c r="M7" s="6">
         <v>45016</v>
       </c>
-      <c r="M7" s="6">
+      <c r="N7" s="6">
         <v>44926</v>
       </c>
-      <c r="N7" s="6">
+      <c r="O7" s="6">
         <v>44834</v>
       </c>
-      <c r="O7" s="6">
+      <c r="P7" s="6">
         <v>44742</v>
       </c>
-      <c r="P7" s="6">
+      <c r="Q7" s="6">
         <v>44651</v>
       </c>
-      <c r="Q7" s="6">
-[...12 lines deleted...]
-    <row r="8" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="8" spans="1:17" customHeight="1" ht="34.8">
       <c r="A8" s="7" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="9" spans="1:20">
+    <row r="9" spans="1:17">
       <c r="A9" s="8" t="s">
         <v>20</v>
       </c>
       <c r="B9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="G9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="H9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="I9" s="11" t="e">
@@ -2883,61 +2601,52 @@
       </c>
       <c r="J9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="K9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="L9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="M9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="N9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="O9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="P9" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q9" s="11" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R9" s="11" t="e">
-[...9 lines deleted...]
-    <row r="10" spans="1:20">
+    </row>
+    <row r="10" spans="1:17">
       <c r="A10" s="8" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="C10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="E10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="G10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="H10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="I10" s="11" t="e">
@@ -2945,66 +2654,57 @@
       </c>
       <c r="J10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="K10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="L10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="M10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="N10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="O10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="P10" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q10" s="11" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R10" s="11" t="e">
-[...9 lines deleted...]
-    <row r="11" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="11" spans="1:17" customHeight="1" ht="34.8">
       <c r="A11" s="7" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="12" spans="1:20">
+    <row r="12" spans="1:17">
       <c r="A12" s="12" t="s">
         <v>26</v>
       </c>
       <c r="B12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="C12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="D12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="E12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="F12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="G12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="H12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="I12" s="13" t="e">
@@ -3012,71 +2712,62 @@
       </c>
       <c r="J12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="K12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="L12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="M12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="N12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="O12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="P12" s="13" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q12" s="13" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R12" s="13" t="e">
-[...9 lines deleted...]
-    <row r="13" spans="1:20" customHeight="1" ht="34.8">
+    </row>
+    <row r="13" spans="1:17" customHeight="1" ht="34.8">
       <c r="A13" s="7" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="14" spans="1:20" customHeight="1" ht="28.8">
+    <row r="14" spans="1:17" customHeight="1" ht="28.8">
       <c r="A14" s="14" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="15" spans="1:20">
+    <row r="15" spans="1:17">
       <c r="A15" s="15" t="s">
         <v>16</v>
       </c>
       <c r="B15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I15" s="9" t="e">
@@ -3084,61 +2775,52 @@
       </c>
       <c r="J15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q15" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R15" s="9" t="e">
-[...9 lines deleted...]
-    <row r="16" spans="1:20">
+    </row>
+    <row r="16" spans="1:17">
       <c r="A16" s="15" t="s">
         <v>17</v>
       </c>
       <c r="B16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I16" s="9" t="e">
@@ -3146,61 +2828,52 @@
       </c>
       <c r="J16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P16" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q16" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R16" s="9" t="e">
-[...9 lines deleted...]
-    <row r="17" spans="1:20">
+    </row>
+    <row r="17" spans="1:17">
       <c r="A17" s="15" t="s">
         <v>18</v>
       </c>
       <c r="B17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I17" s="9" t="e">
@@ -3208,61 +2881,52 @@
       </c>
       <c r="J17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q17" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R17" s="9" t="e">
-[...9 lines deleted...]
-    <row r="18" spans="1:20">
+    </row>
+    <row r="18" spans="1:17">
       <c r="A18" s="15" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="G18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="H18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="I18" s="9" t="e">
@@ -3270,83 +2934,71 @@
       </c>
       <c r="J18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="K18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="L18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="M18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="N18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="O18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="P18" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="Q18" s="9" t="e">
         <v>#N/A</v>
       </c>
-      <c r="R18" s="9" t="e">
-[...9 lines deleted...]
-    <row r="19" spans="1:20">
+    </row>
+    <row r="19" spans="1:17">
       <c r="A19" s="10" t="s">
         <v>10</v>
       </c>
       <c r="B19" s="10"/>
       <c r="C19" s="10"/>
       <c r="D19" s="10"/>
       <c r="E19" s="10"/>
       <c r="F19" s="10"/>
       <c r="G19" s="10"/>
       <c r="H19" s="10"/>
       <c r="I19" s="10"/>
       <c r="J19" s="10"/>
       <c r="K19" s="10"/>
       <c r="L19" s="10"/>
       <c r="M19" s="10"/>
       <c r="N19" s="10"/>
       <c r="O19" s="10"/>
       <c r="P19" s="10"/>
       <c r="Q19" s="10"/>
-      <c r="R19" s="10"/>
-[...1 lines deleted...]
-      <c r="T19" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="5" baseType="lpstr">