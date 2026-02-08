--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1300,60 +1300,60 @@
       <c r="C21" s="13">
         <v>519.0</v>
       </c>
       <c r="D21" s="13">
         <v>508.0</v>
       </c>
       <c r="E21" s="13">
         <v>532.0</v>
       </c>
       <c r="F21" s="13">
         <v>549.0</v>
       </c>
       <c r="G21" s="13">
         <v>562.0</v>
       </c>
       <c r="H21" s="13">
         <v>440.0</v>
       </c>
       <c r="I21" s="13">
         <v>379.0</v>
       </c>
       <c r="J21" s="13">
         <v>287.0</v>
       </c>
       <c r="K21" s="13">
-        <v>292.0</v>
+        <v>0.0</v>
       </c>
       <c r="L21" s="13">
-        <v>415.0</v>
+        <v>0.0</v>
       </c>
       <c r="M21" s="13">
-        <v>445.0</v>
+        <v>0.0</v>
       </c>
       <c r="N21" s="13">
-        <v>653.0</v>
+        <v>0.0</v>
       </c>
       <c r="O21" s="13">
         <v>0.0</v>
       </c>
       <c r="P21" s="13">
         <v>0.0</v>
       </c>
       <c r="Q21" s="13">
         <v>0.0</v>
       </c>
       <c r="R21" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:18">
       <c r="A22" s="12" t="s">
         <v>18</v>
       </c>
       <c r="B22" s="13">
         <v>74.0</v>
       </c>
       <c r="C22" s="13">
         <v>72.0</v>
       </c>
       <c r="D22" s="13">